--- v0 (2025-11-18)
+++ v1 (2026-01-18)
@@ -2,159 +2,263 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Tamás\Desktop\Agg_Bizottság\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6948CD81-1578-4295-8092-5B60D8DFB9A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67C86697-8A11-4AE4-844F-3FF944D27103}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Elosztó_Aggregátor" sheetId="4" r:id="rId1"/>
     <sheet name="Felhasználói_adatok" sheetId="1" r:id="rId2"/>
     <sheet name="Beállítás" sheetId="2" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="lElosztók">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$C$3 &amp; ":$B$" &amp; [1]Beállítás!$C$4)</definedName>
     <definedName name="lKereskedő">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$G$3 &amp; ":$B$" &amp; [1]Beállítás!$G$4)</definedName>
     <definedName name="lMérlegkör">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$F$3 &amp; ":$B$" &amp; [1]Beállítás!$F$4)</definedName>
     <definedName name="Státusz">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$K$3 &amp; ":$B$" &amp; [1]Beállítás!$K$4)</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Y9" i="1" l="1"/>
+  <c r="C277" i="2" l="1"/>
+  <c r="D277" i="2" s="1"/>
+  <c r="C347" i="2"/>
+  <c r="D347" i="2" s="1"/>
+  <c r="C346" i="2"/>
+  <c r="D346" i="2" s="1"/>
+  <c r="C345" i="2"/>
+  <c r="D345" i="2" s="1"/>
+  <c r="C344" i="2"/>
+  <c r="D344" i="2" s="1"/>
+  <c r="C343" i="2"/>
+  <c r="D343" i="2" s="1"/>
+  <c r="C342" i="2"/>
+  <c r="D342" i="2" s="1"/>
+  <c r="C339" i="2"/>
+  <c r="D339" i="2" s="1"/>
+  <c r="C335" i="2"/>
+  <c r="D335" i="2" s="1"/>
+  <c r="C334" i="2"/>
+  <c r="D334" i="2" s="1"/>
+  <c r="C333" i="2"/>
+  <c r="D333" i="2" s="1"/>
+  <c r="C332" i="2"/>
+  <c r="D332" i="2" s="1"/>
+  <c r="C329" i="2"/>
+  <c r="D329" i="2" s="1"/>
+  <c r="C327" i="2"/>
+  <c r="D327" i="2" s="1"/>
+  <c r="C303" i="2"/>
+  <c r="D303" i="2" s="1"/>
+  <c r="C324" i="2"/>
+  <c r="D324" i="2" s="1"/>
+  <c r="C322" i="2"/>
+  <c r="D322" i="2" s="1"/>
+  <c r="C320" i="2"/>
+  <c r="D320" i="2" s="1"/>
+  <c r="C318" i="2"/>
+  <c r="D318" i="2" s="1"/>
+  <c r="C316" i="2"/>
+  <c r="D316" i="2" s="1"/>
+  <c r="C311" i="2"/>
+  <c r="D311" i="2" s="1"/>
+  <c r="C310" i="2"/>
+  <c r="D310" i="2" s="1"/>
+  <c r="C308" i="2"/>
+  <c r="D308" i="2" s="1"/>
+  <c r="C307" i="2"/>
+  <c r="D307" i="2" s="1"/>
+  <c r="C306" i="2"/>
+  <c r="D306" i="2" s="1"/>
+  <c r="C305" i="2"/>
+  <c r="D305" i="2" s="1"/>
+  <c r="C301" i="2"/>
+  <c r="D301" i="2" s="1"/>
+  <c r="C299" i="2"/>
+  <c r="D299" i="2" s="1"/>
+  <c r="C297" i="2"/>
+  <c r="D297" i="2" s="1"/>
+  <c r="C296" i="2"/>
+  <c r="D296" i="2" s="1"/>
+  <c r="C294" i="2"/>
+  <c r="D294" i="2" s="1"/>
+  <c r="C293" i="2"/>
+  <c r="D293" i="2" s="1"/>
+  <c r="C292" i="2"/>
+  <c r="D292" i="2" s="1"/>
+  <c r="C289" i="2"/>
+  <c r="D289" i="2" s="1"/>
+  <c r="C288" i="2"/>
+  <c r="D288" i="2" s="1"/>
+  <c r="C287" i="2"/>
+  <c r="D287" i="2" s="1"/>
+  <c r="C285" i="2"/>
+  <c r="D285" i="2" s="1"/>
+  <c r="C284" i="2"/>
+  <c r="D284" i="2" s="1"/>
+  <c r="C275" i="2"/>
+  <c r="D275" i="2" s="1"/>
+  <c r="C270" i="2"/>
+  <c r="D270" i="2" s="1"/>
+  <c r="C269" i="2"/>
+  <c r="D269" i="2" s="1"/>
+  <c r="C265" i="2"/>
+  <c r="D265" i="2" s="1"/>
+  <c r="C264" i="2"/>
+  <c r="D264" i="2" s="1"/>
+  <c r="C262" i="2"/>
+  <c r="D262" i="2" s="1"/>
+  <c r="C259" i="2"/>
+  <c r="D259" i="2" s="1"/>
+  <c r="C255" i="2"/>
+  <c r="D255" i="2" s="1"/>
+  <c r="C256" i="2"/>
+  <c r="D256" i="2" s="1"/>
+  <c r="C257" i="2"/>
+  <c r="D257" i="2" s="1"/>
+  <c r="C253" i="2"/>
+  <c r="D253" i="2" s="1"/>
+  <c r="C250" i="2"/>
+  <c r="D250" i="2" s="1"/>
+  <c r="C251" i="2"/>
+  <c r="D251" i="2" s="1"/>
+  <c r="C249" i="2"/>
+  <c r="D249" i="2" s="1"/>
+  <c r="Y9" i="1"/>
   <c r="Y10" i="1"/>
   <c r="Y11" i="1"/>
   <c r="Y12" i="1"/>
   <c r="Y13" i="1"/>
   <c r="Y14" i="1"/>
   <c r="Y15" i="1"/>
   <c r="Y16" i="1"/>
   <c r="Y17" i="1"/>
   <c r="Y18" i="1"/>
   <c r="Y19" i="1"/>
   <c r="Y20" i="1"/>
   <c r="Y21" i="1"/>
   <c r="Y22" i="1"/>
   <c r="Y23" i="1"/>
   <c r="Y24" i="1"/>
   <c r="Y25" i="1"/>
   <c r="Y26" i="1"/>
   <c r="Y27" i="1"/>
   <c r="Y28" i="1"/>
   <c r="Y29" i="1"/>
   <c r="Y30" i="1"/>
   <c r="Y31" i="1"/>
   <c r="Y32" i="1"/>
   <c r="Y33" i="1"/>
   <c r="Y34" i="1"/>
   <c r="Y35" i="1"/>
   <c r="Y36" i="1"/>
   <c r="Y37" i="1"/>
   <c r="Y38" i="1"/>
   <c r="Y39" i="1"/>
   <c r="Y40" i="1"/>
   <c r="Y41" i="1"/>
   <c r="Y42" i="1"/>
   <c r="Y43" i="1"/>
   <c r="Y44" i="1"/>
   <c r="Y45" i="1"/>
   <c r="Y46" i="1"/>
   <c r="Y47" i="1"/>
   <c r="Y48" i="1"/>
   <c r="Y49" i="1"/>
   <c r="Y50" i="1"/>
   <c r="Y51" i="1"/>
   <c r="Y52" i="1"/>
   <c r="Y53" i="1"/>
   <c r="Y54" i="1"/>
   <c r="Y55" i="1"/>
   <c r="Y56" i="1"/>
   <c r="Y57" i="1"/>
   <c r="Y8" i="1"/>
-  <c r="C239" i="2"/>
-  <c r="C234" i="2"/>
+  <c r="C242" i="2"/>
+  <c r="C237" i="2"/>
   <c r="C16" i="2"/>
   <c r="I3" i="2" l="1"/>
   <c r="H3" i="2"/>
   <c r="G3" i="2"/>
   <c r="F3" i="2"/>
   <c r="D5" i="4" s="1"/>
   <c r="E3" i="2"/>
   <c r="D3" i="2"/>
-  <c r="C218" i="2" l="1"/>
-  <c r="C211" i="2"/>
+  <c r="C221" i="2" l="1"/>
+  <c r="C214" i="2"/>
   <c r="AA57" i="1"/>
   <c r="Z57" i="1"/>
   <c r="X57" i="1"/>
   <c r="W57" i="1"/>
   <c r="AA56" i="1"/>
   <c r="Z56" i="1"/>
   <c r="X56" i="1"/>
   <c r="W56" i="1"/>
   <c r="AA55" i="1"/>
   <c r="Z55" i="1"/>
   <c r="X55" i="1"/>
   <c r="W55" i="1"/>
   <c r="AA54" i="1"/>
   <c r="Z54" i="1"/>
   <c r="X54" i="1"/>
   <c r="W54" i="1"/>
   <c r="AA53" i="1"/>
   <c r="Z53" i="1"/>
   <c r="X53" i="1"/>
   <c r="W53" i="1"/>
   <c r="AA52" i="1"/>
   <c r="Z52" i="1"/>
   <c r="X52" i="1"/>
   <c r="W52" i="1"/>
   <c r="AA51" i="1"/>
@@ -313,86 +417,86 @@
   <c r="Z13" i="1"/>
   <c r="X13" i="1"/>
   <c r="W13" i="1"/>
   <c r="AA12" i="1"/>
   <c r="Z12" i="1"/>
   <c r="X12" i="1"/>
   <c r="W12" i="1"/>
   <c r="AA11" i="1"/>
   <c r="Z11" i="1"/>
   <c r="X11" i="1"/>
   <c r="W11" i="1"/>
   <c r="AA10" i="1"/>
   <c r="Z10" i="1"/>
   <c r="X10" i="1"/>
   <c r="W10" i="1"/>
   <c r="AA9" i="1"/>
   <c r="Z9" i="1"/>
   <c r="X9" i="1"/>
   <c r="W9" i="1"/>
   <c r="X8" i="1"/>
   <c r="W8" i="1"/>
   <c r="AA8" i="1"/>
   <c r="Z8" i="1"/>
   <c r="D4" i="4"/>
   <c r="E5" i="4"/>
-  <c r="C226" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="C244" i="2"/>
+  <c r="C229" i="2" l="1"/>
+  <c r="C97" i="2"/>
+  <c r="C247" i="2"/>
   <c r="F5" i="4"/>
   <c r="I4" i="2"/>
-  <c r="C204" i="2" l="1"/>
+  <c r="C207" i="2" l="1"/>
   <c r="C6" i="2"/>
   <c r="D6" i="4"/>
   <c r="C3" i="2"/>
   <c r="B1" i="1"/>
+  <c r="H4" i="2"/>
+  <c r="E4" i="2"/>
+  <c r="E6" i="4"/>
   <c r="F4" i="2"/>
-  <c r="E6" i="4"/>
-[...1 lines deleted...]
-  <c r="H4" i="2"/>
+  <c r="C4" i="2"/>
+  <c r="G4" i="2"/>
   <c r="D4" i="2"/>
-  <c r="G4" i="2"/>
-  <c r="C4" i="2"/>
   <c r="D3" i="4" l="1"/>
+  <c r="F6" i="4"/>
+  <c r="E4" i="4"/>
   <c r="E3" i="4"/>
-  <c r="E4" i="4"/>
-[...2 lines deleted...]
-  <c r="H7" i="4"/>
+  <c r="F3" i="4"/>
   <c r="H6" i="4"/>
+  <c r="G6" i="4"/>
   <c r="F4" i="4"/>
-  <c r="F3" i="4"/>
-  <c r="G6" i="4"/>
+  <c r="G4" i="4"/>
   <c r="G3" i="4"/>
-  <c r="G4" i="4"/>
   <c r="H3" i="4"/>
   <c r="H4" i="4"/>
+  <c r="H7" i="4" l="1"/>
+  <c r="G7" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="904" uniqueCount="546">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="959" uniqueCount="603">
   <si>
     <t>Segéd</t>
   </si>
   <si>
     <t>Megnevezés</t>
   </si>
   <si>
     <t>Tábla azonosító</t>
   </si>
   <si>
     <t>Kezdő sor</t>
   </si>
   <si>
     <t>Elem szám</t>
   </si>
   <si>
     <t>Sor</t>
   </si>
   <si>
     <t>Rövidnév</t>
   </si>
   <si>
     <t>EIC KÓD</t>
   </si>
   <si>
@@ -1733,171 +1837,147 @@
   <si>
     <t>aggregálás vége üzenet</t>
   </si>
   <si>
     <t>Kijelentés AV</t>
   </si>
   <si>
     <t>Tevékenység</t>
   </si>
   <si>
     <t>Bejelentés - Elfogadva</t>
   </si>
   <si>
     <t>Bejelentés - Elfogadva: módosítással</t>
   </si>
   <si>
     <t>Bejelentés - Visszautasítva: adathiány</t>
   </si>
   <si>
     <t>Kijelentés - Elfogadva</t>
   </si>
   <si>
     <t>Kijelentés - Visszautasítva: adathiány</t>
   </si>
   <si>
-    <t>Agresol Kft.</t>
-[...1 lines deleted...]
-  <si>
     <t>ALPIQ ENERGY SE Magyarországi Fióktelepe</t>
   </si>
   <si>
     <t>Bravosolar Kft.</t>
   </si>
   <si>
     <t>CET Central Energy Trade Zrt.</t>
   </si>
   <si>
     <t>CHP-ERŐMŰ Kft.</t>
   </si>
   <si>
     <t>CHP-E-BC</t>
   </si>
   <si>
     <t>15X-CHP-EROMU--V</t>
   </si>
   <si>
-    <t>Danubia Energia Kft.</t>
-[...1 lines deleted...]
-  <si>
     <t>DCT Aqua Zrt.</t>
   </si>
   <si>
     <t>Dunamenti Erőmű Kft.</t>
   </si>
   <si>
     <t>EONEEM-BC</t>
   </si>
   <si>
     <t>E.ON Energiatermelő Kft.</t>
   </si>
   <si>
     <t>HU-E2-HUN</t>
   </si>
   <si>
-    <t>ECO6WAY Hungary Kft.</t>
-[...1 lines deleted...]
-  <si>
     <t>ENERGIABÖRZE Kft.</t>
   </si>
   <si>
     <t>Enteror Média Kft.</t>
   </si>
   <si>
     <t>E.ON MyEnergy Kft.</t>
   </si>
   <si>
     <t>ÉMÁSZ Energiakereskedelmi Kft.</t>
   </si>
   <si>
     <t>energo hungary Kft.</t>
   </si>
   <si>
     <t>ENERGO-HUN</t>
   </si>
   <si>
     <t>15X-ENERGO-HUN-I</t>
   </si>
   <si>
     <t>EU-Solar Nyrt.</t>
   </si>
   <si>
     <t>Iconic Energy Kft.</t>
   </si>
   <si>
     <t>InterWatt Kft.</t>
   </si>
   <si>
     <t>Konduktancia Kft.</t>
   </si>
   <si>
     <t>Moventis Ingatlankezelő Kft.</t>
   </si>
   <si>
     <t>MVM Next Energiakereskedelmi Zrt.</t>
   </si>
   <si>
     <t>MVM Optimum Zrt.</t>
   </si>
   <si>
-    <t>Nano Energies Magyarország Kft.</t>
-[...1 lines deleted...]
-  <si>
     <t>Natolin Zrt.</t>
   </si>
   <si>
     <t>On-Energy Kft.</t>
   </si>
   <si>
     <t>Optimum Solar Zrt.</t>
   </si>
   <si>
-    <t>PANNON Green Power VPP Kft.</t>
-[...1 lines deleted...]
-  <si>
     <t>PentaSun Kft.</t>
   </si>
   <si>
     <t>PENTASUN</t>
   </si>
   <si>
     <t>15X-PENTASUN---P</t>
   </si>
   <si>
     <t>Pécsi Tudományegyetem</t>
   </si>
   <si>
     <t>"P &amp; B" Aqua" Zrt.</t>
-  </si>
-[...7 lines deleted...]
-    <t>15X-REG--------D</t>
   </si>
   <si>
     <t>RENA PROJEKT Kft.</t>
   </si>
   <si>
     <t>Rising.Eco Kft.</t>
   </si>
   <si>
     <t>TISZTA ENERGIÁK Kft.</t>
   </si>
   <si>
     <t>TRITON NEWPOWER SYSTEM Kft.</t>
   </si>
   <si>
     <t>Voltrack Balancing Kft.</t>
   </si>
   <si>
     <t>Wattler Kft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
@@ -1974,84 +2054,279 @@
   <si>
     <t>Aggregátori bejelentés/váltás</t>
   </si>
   <si>
     <t>MET Asset Management Support Zrt.    </t>
   </si>
   <si>
     <t>15X-MET-AMS----1</t>
   </si>
   <si>
     <t>MET-AGGR</t>
   </si>
   <si>
     <t>15XEONENTERMBSP2</t>
   </si>
   <si>
     <t>EON ENTERM</t>
   </si>
   <si>
     <t>VLTRCK</t>
   </si>
   <si>
     <t>15XVLTRCK----MAH</t>
   </si>
   <si>
-    <t xml:space="preserve">DTTPI Zrt. </t>
-[...1 lines deleted...]
-  <si>
     <t>DTTPI</t>
   </si>
   <si>
     <t>15X-DTTPI------I</t>
   </si>
   <si>
     <t>Elektro Profi Vállalkozási Kft.</t>
   </si>
   <si>
     <t>15XELEKTROPROFIV</t>
   </si>
   <si>
     <t>ELEKTROPROFI</t>
   </si>
   <si>
     <t>OMNI Balance Zártkörűen Működő Részvénytársaság</t>
   </si>
   <si>
     <t>OMNI Balance Zrt.</t>
   </si>
   <si>
     <t>15X-OMNIBALANCE9</t>
   </si>
   <si>
     <t>Aggregátori szolgáltatás nyújtása – MAVIR RSZ piac</t>
   </si>
   <si>
     <t>Elosztói flexibilitási piac</t>
   </si>
   <si>
     <t>Mérési adatokkal kapcsolatos adatszolgáltatás</t>
+  </si>
+  <si>
+    <t>39X-CYEB-ENMEG-L</t>
+  </si>
+  <si>
+    <t>4flexi Kft.</t>
+  </si>
+  <si>
+    <t>8G Energy Solutions Zrt.</t>
+  </si>
+  <si>
+    <t>A1 Solar Kft.</t>
+  </si>
+  <si>
+    <t>ASEMA Zrt.</t>
+  </si>
+  <si>
+    <t>Audax Renewable Kft.</t>
+  </si>
+  <si>
+    <t>AXPO ENERGY ROMANIA S.A.</t>
+  </si>
+  <si>
+    <t>Barefoot Kft.</t>
+  </si>
+  <si>
+    <t>Bay Zoltán Kutatóközpont közhasznú NKft.</t>
+  </si>
+  <si>
+    <t>Centrica Business Solutions Zrt.</t>
+  </si>
+  <si>
+    <t>CEE Energy Kft.</t>
+  </si>
+  <si>
+    <t>CHP Energia Befektetési és Vagyonkezelő Zrt.</t>
+  </si>
+  <si>
+    <t>CleanTech Energy Solutions Kft.</t>
+  </si>
+  <si>
+    <t>CYEB Power Kft.</t>
+  </si>
+  <si>
+    <t>Decentralizált TTP Integrátor Zrt.</t>
+  </si>
+  <si>
+    <t>"DÉLÉP Ipari Park" Kft.</t>
+  </si>
+  <si>
+    <t>Dél-Nyugat Kft.</t>
+  </si>
+  <si>
+    <t>Egrid Kft</t>
+  </si>
+  <si>
+    <t>Energiabörze Power Kft.</t>
+  </si>
+  <si>
+    <t>Energiafelhő Kft. (korábban: Danubia Energia Kft.)</t>
+  </si>
+  <si>
+    <t>Enity Zrt.</t>
+  </si>
+  <si>
+    <t>EvoEnergy Kft.</t>
+  </si>
+  <si>
+    <t>Electron Energy Trade Kft. (korábban:Ewiser Energy Trade Kft.)</t>
+  </si>
+  <si>
+    <t>Electron Flexibility Kft.</t>
+  </si>
+  <si>
+    <t>eVersion Energy Kft.</t>
+  </si>
+  <si>
+    <t>Feketeréti Napelempark Kft.</t>
+  </si>
+  <si>
+    <t>Flexenergo Korlátolt Felelősségű Társaság</t>
+  </si>
+  <si>
+    <t>FREUND SERVICES Kft.</t>
+  </si>
+  <si>
+    <t>Green Island Invest Zrt.</t>
+  </si>
+  <si>
+    <t>HUMDA Magyar Mobilitás-fejlesztési Ügynökség Zrt.</t>
+  </si>
+  <si>
+    <t>Innovart Energia Kft.</t>
+  </si>
+  <si>
+    <t>Lumen Trade Kft.</t>
+  </si>
+  <si>
+    <t>Magyar Erőművek Kft.</t>
+  </si>
+  <si>
+    <t>Marvin Energy Kft.</t>
+  </si>
+  <si>
+    <t>MECSEK Energy Trade Kft.</t>
+  </si>
+  <si>
+    <t>MET Austria Energy Trade GmbH</t>
+  </si>
+  <si>
+    <t>Milleyson Holdings Kereskedelmi Kft.</t>
+  </si>
+  <si>
+    <t>Netergon Kft.</t>
+  </si>
+  <si>
+    <t>Novum Commodities Kft.</t>
+  </si>
+  <si>
+    <t>OMNI Energy Kft.</t>
+  </si>
+  <si>
+    <t>Optimális Energia Kft.</t>
+  </si>
+  <si>
+    <t>Pannon Energiaközösség Nonprofit Kft.</t>
+  </si>
+  <si>
+    <t>Photon Energy Trading CEE (volt LERTA Energy HU Kft.)</t>
+  </si>
+  <si>
+    <t>Rajnai P &amp; P Kft.</t>
+  </si>
+  <si>
+    <t>SERR Energy Kft.</t>
+  </si>
+  <si>
+    <t>Smart Solar Balancing Kft.</t>
+  </si>
+  <si>
+    <t>Smart Solar Energy Trade Kfr.</t>
+  </si>
+  <si>
+    <t>Sygma Energy Kft.</t>
+  </si>
+  <si>
+    <t>Voltrack AGGREGÁTOR Korlátolt Felelősségű Társaság</t>
+  </si>
+  <si>
+    <t>VWG Trade &amp; Services GmbH</t>
+  </si>
+  <si>
+    <t>ZalaZONE Ipari Park Zrt.</t>
+  </si>
+  <si>
+    <t>sight-E Analytics Kft.</t>
+  </si>
+  <si>
+    <t>Syneris Balancing Kft.</t>
+  </si>
+  <si>
+    <t>SLR Trading Zrt.</t>
+  </si>
+  <si>
+    <t>Pusztaenergia MegÚjuló Energiaszövetkezet</t>
+  </si>
+  <si>
+    <t>EMvia Energiakereskedelmi Zrt</t>
+  </si>
+  <si>
+    <t>EON-EKER-BC</t>
+  </si>
+  <si>
+    <t>CEE-ENERGY</t>
+  </si>
+  <si>
+    <t>15X-CEE-ENERGY-3</t>
+  </si>
+  <si>
+    <t>BORZEPOWER</t>
+  </si>
+  <si>
+    <t>15X-BORZEPOWER-A</t>
+  </si>
+  <si>
+    <t>DTTPI Zrt.</t>
+  </si>
+  <si>
+    <t>DTTPI-BC</t>
+  </si>
+  <si>
+    <t>Szovena Kft.</t>
+  </si>
+  <si>
+    <t>SZOVENA-BC</t>
+  </si>
+  <si>
+    <t>15X-SZOVENA----A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="38">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -2878,51 +3153,51 @@
     <xf numFmtId="0" fontId="17" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="36" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="22" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="94">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
@@ -3080,50 +3355,56 @@
     <xf numFmtId="0" fontId="7" fillId="0" borderId="24" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="38" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" quotePrefix="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
@@ -3510,52 +3791,52 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H20"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="G9" sqref="G9"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.5"/>
   <cols>
     <col min="1" max="1" width="25.25" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="58.83203125" customWidth="1"/>
     <col min="3" max="3" width="14.83203125" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="16.83203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.75" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="13.58203125" hidden="1" customWidth="1"/>
     <col min="7" max="8" width="38.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="59"/>
       <c r="B1" s="7"/>
       <c r="C1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
     </row>
     <row r="2" spans="1:8">
       <c r="B2" s="25" t="s">
@@ -3597,233 +3878,233 @@
         <v>6</v>
       </c>
       <c r="F3" s="42">
         <f ca="1">IF(ISERROR(MATCH(B3,INDIRECT("'Beállítás'!B" &amp; D3 &amp; ":B" &amp; (D3+E3-1)),0)),0,D3+MATCH(B3,INDIRECT("'Beállítás'!B" &amp; D3 &amp; ":B" &amp; (D3+E3-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G3" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; $F3)</f>
         <v>#REF!</v>
       </c>
       <c r="H3" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!D" &amp; $F3)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="62" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="70"/>
       <c r="C4" s="63" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="42">
         <f>HLOOKUP(C4,Beállítás!$C$2:$IS$3,2,FALSE)</f>
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="E4" s="42">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; (Elosztó_Aggregátor!D4-2))</f>
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="F4" s="42">
         <f ca="1">IF(ISERROR(MATCH(B4,INDIRECT("'Beállítás'!B" &amp; D4 &amp; ":B" &amp; (D4+E4-1)),0)),0,D4+MATCH(B4,INDIRECT("'Beállítás'!B" &amp; D4 &amp; ":B" &amp; (D4+E4-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G4" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; $F4)</f>
         <v>#REF!</v>
       </c>
       <c r="H4" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!D" &amp; $F4)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="62" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="70"/>
       <c r="C5" s="63" t="s">
         <v>455</v>
       </c>
       <c r="D5" s="42">
         <f>HLOOKUP(C5,Beállítás!$C$2:$IS$3,2,FALSE)</f>
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="E5" s="42">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; (Elosztó_Aggregátor!D5-2))</f>
         <v>3</v>
       </c>
       <c r="F5" s="42">
         <f ca="1">IF(ISERROR(MATCH(B5,INDIRECT("'Beállítás'!B" &amp; D5 &amp; ":B" &amp; (D5+E5-1)),0)),0,D5+MATCH(B5,INDIRECT("'Beállítás'!B" &amp; D5 &amp; ":B" &amp; (D5+E5-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G5" s="42" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="62" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="70"/>
       <c r="C6" s="63" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="42">
         <f>HLOOKUP(C6,Beállítás!$C$2:$IS$3,2,FALSE)</f>
         <v>18</v>
       </c>
       <c r="E6" s="42">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; (Elosztó_Aggregátor!D6-2))</f>
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="F6" s="42">
         <f ca="1">IF(ISERROR(MATCH(B6,INDIRECT("'Beállítás'!B" &amp; D6 &amp; ":B" &amp; (D6+E6-1)),0)),0,D6+MATCH(B6,INDIRECT("'Beállítás'!B" &amp; D6 &amp; ":B" &amp; (D6+E6-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G6" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; $F6)</f>
         <v>#REF!</v>
       </c>
       <c r="H6" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!D" &amp; $F6)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="62" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="71"/>
       <c r="C7" s="63"/>
       <c r="D7" s="42"/>
       <c r="E7" s="42"/>
       <c r="F7" s="42"/>
       <c r="G7" s="42" t="e">
         <f>VLOOKUP(B7,$B$3:$H$4,6,FALSE)</f>
         <v>#N/A</v>
       </c>
       <c r="H7" s="42" t="e">
         <f>VLOOKUP(B7,$B$3:$H$4,7,FALSE)</f>
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:8" s="64" customFormat="1" ht="46.15" customHeight="1">
-      <c r="A12" s="86" t="s">
+      <c r="A12" s="88" t="s">
         <v>17</v>
       </c>
-      <c r="B12" s="86"/>
-[...5 lines deleted...]
-      <c r="H12" s="86"/>
+      <c r="B12" s="88"/>
+      <c r="C12" s="88"/>
+      <c r="D12" s="88"/>
+      <c r="E12" s="88"/>
+      <c r="F12" s="88"/>
+      <c r="G12" s="88"/>
+      <c r="H12" s="88"/>
     </row>
     <row r="16" spans="1:8" s="64" customFormat="1" ht="46.15" customHeight="1">
-      <c r="A16" s="87" t="s">
+      <c r="A16" s="89" t="s">
         <v>18</v>
       </c>
-      <c r="B16" s="87"/>
-[...5 lines deleted...]
-      <c r="H16" s="87"/>
+      <c r="B16" s="89"/>
+      <c r="C16" s="89"/>
+      <c r="D16" s="89"/>
+      <c r="E16" s="89"/>
+      <c r="F16" s="89"/>
+      <c r="G16" s="89"/>
+      <c r="H16" s="89"/>
     </row>
     <row r="20" spans="1:8" s="64" customFormat="1" ht="46.15" customHeight="1">
-      <c r="A20" s="88" t="s">
+      <c r="A20" s="90" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="88"/>
-[...5 lines deleted...]
-      <c r="H20" s="88"/>
+      <c r="B20" s="90"/>
+      <c r="C20" s="90"/>
+      <c r="D20" s="90"/>
+      <c r="E20" s="90"/>
+      <c r="F20" s="90"/>
+      <c r="G20" s="90"/>
+      <c r="H20" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A12:H12"/>
     <mergeCell ref="A16:H16"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>$B$3:$B$4</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$18:$B$87</xm:f>
+            <xm:f>Beállítás!$B$18:$B$96</xm:f>
           </x14:formula1>
           <xm:sqref>B6</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000004000000}">
-[...4 lines deleted...]
-        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1C882962-04C4-4D9A-957D-CF624E0E7549}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$220:$B$223</xm:f>
+            <xm:f>Beállítás!$B$223:$B$226</xm:f>
           </x14:formula1>
           <xm:sqref>B5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>Beállítás!$B$8:$B$13</xm:f>
           </x14:formula1>
           <xm:sqref>B3</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000004000000}">
+          <x14:formula1>
+            <xm:f>Beállítás!$B$249:$B$348</xm:f>
+          </x14:formula1>
+          <xm:sqref>B4 B6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC57"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <selection activeCell="C9" sqref="C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.5"/>
   <cols>
     <col min="1" max="1" width="0.58203125" customWidth="1"/>
     <col min="2" max="2" width="4.33203125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.33203125" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="30" customWidth="1"/>
     <col min="6" max="6" width="25" customWidth="1"/>
     <col min="7" max="7" width="16.5" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="16.5" customWidth="1"/>
     <col min="10" max="10" width="7.5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="11.5" customWidth="1"/>
     <col min="13" max="14" width="24.58203125" customWidth="1"/>
     <col min="15" max="15" width="17.58203125" customWidth="1"/>
     <col min="16" max="16" width="21.08203125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="16.5" customWidth="1"/>
     <col min="19" max="19" width="9.33203125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.5" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="9.33203125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.75" bestFit="1" customWidth="1"/>
@@ -3884,184 +4165,184 @@
     </row>
     <row r="3" spans="1:29" ht="31">
       <c r="B3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>22</v>
       </c>
       <c r="D3" s="6"/>
       <c r="E3" s="6"/>
       <c r="F3" s="7" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="4" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="8"/>
       <c r="I3" s="8"/>
       <c r="J3" s="8"/>
       <c r="K3" s="8"/>
       <c r="L3" s="5"/>
       <c r="M3" s="7" t="s">
         <v>25</v>
       </c>
       <c r="N3" s="7" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="O3" s="9" t="s">
         <v>26</v>
       </c>
       <c r="P3" s="9"/>
       <c r="Q3" s="76" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="R3" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="S3" s="89" t="s">
+      <c r="S3" s="91" t="s">
         <v>29</v>
       </c>
-      <c r="T3" s="90"/>
-[...1 lines deleted...]
-      <c r="V3" s="91"/>
+      <c r="T3" s="92"/>
+      <c r="U3" s="92"/>
+      <c r="V3" s="93"/>
       <c r="W3" s="7" t="s">
         <v>16</v>
       </c>
       <c r="X3" s="7" t="s">
         <v>10</v>
       </c>
       <c r="Y3" s="7" t="s">
         <v>12</v>
       </c>
       <c r="Z3" s="7" t="s">
         <v>14</v>
       </c>
       <c r="AA3" s="7" t="s">
         <v>8</v>
       </c>
       <c r="AB3" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="B4" s="11"/>
       <c r="C4" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="D4" s="92" t="s">
-        <v>508</v>
+      <c r="D4" s="94" t="s">
+        <v>500</v>
       </c>
       <c r="E4" s="12" t="s">
         <v>8</v>
       </c>
       <c r="F4" s="11"/>
       <c r="G4" s="12" t="s">
         <v>31</v>
       </c>
       <c r="H4" s="12" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="12" t="s">
         <v>1</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="14"/>
       <c r="L4" s="15"/>
       <c r="M4" s="12" t="s">
         <v>34</v>
       </c>
       <c r="N4" s="58" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="O4" s="12" t="s">
         <v>35</v>
       </c>
       <c r="P4" s="12" t="s">
         <v>36</v>
       </c>
       <c r="Q4" s="12" t="s">
         <v>37</v>
       </c>
       <c r="R4" s="12"/>
       <c r="S4" s="12" t="s">
         <v>25</v>
       </c>
       <c r="T4" s="7" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="U4" s="11" t="s">
         <v>38</v>
       </c>
       <c r="V4" s="16" t="s">
         <v>39</v>
       </c>
       <c r="W4" s="11"/>
       <c r="X4" s="11"/>
       <c r="Y4" s="11"/>
       <c r="Z4" s="11"/>
       <c r="AA4" s="11"/>
       <c r="AB4" s="17"/>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" s="18"/>
       <c r="B5" s="19"/>
       <c r="C5" s="20" t="s">
         <v>41</v>
       </c>
-      <c r="D5" s="93"/>
+      <c r="D5" s="95"/>
       <c r="E5" s="20"/>
       <c r="F5" s="19"/>
       <c r="G5" s="19"/>
       <c r="H5" s="21"/>
       <c r="I5" s="21"/>
       <c r="J5" s="66" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="23" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="22" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="19"/>
       <c r="N5" s="19"/>
       <c r="O5" s="19"/>
       <c r="P5" s="20" t="s">
         <v>45</v>
       </c>
       <c r="Q5" s="20" t="s">
         <v>40</v>
       </c>
       <c r="R5" s="20" t="s">
         <v>40</v>
       </c>
       <c r="S5" s="20"/>
       <c r="T5" s="83" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="U5" s="20" t="s">
         <v>47</v>
       </c>
       <c r="V5" s="20" t="s">
         <v>47</v>
       </c>
       <c r="W5" s="19"/>
       <c r="X5" s="19"/>
       <c r="Y5" s="19"/>
       <c r="Z5" s="19"/>
       <c r="AA5" s="19"/>
       <c r="AB5" s="22"/>
       <c r="AC5" s="18"/>
     </row>
     <row r="6" spans="1:29">
       <c r="B6" s="24" t="s">
         <v>48</v>
       </c>
       <c r="C6" s="26"/>
       <c r="D6" s="26"/>
       <c r="E6" s="25"/>
       <c r="F6" s="27"/>
       <c r="G6" s="24"/>
       <c r="H6" s="28"/>
@@ -6408,206 +6689,206 @@
         <v/>
       </c>
       <c r="Z57" s="39" t="str">
         <f>IF(AND(ISBLANK(C57),ISBLANK(E57)),"",Elosztó_Aggregátor!$B$6)</f>
         <v/>
       </c>
       <c r="AA57" s="39" t="str">
         <f>IF(AND(ISBLANK(C57),ISBLANK(E57)),"",Elosztó_Aggregátor!$B$3)</f>
         <v/>
       </c>
       <c r="AB57" s="37"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="2">
     <mergeCell ref="S3:V3"/>
     <mergeCell ref="D4:D5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="7">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{393308AE-DB5B-4C98-ABEF-5E605B45EB99}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$228:$B$232</xm:f>
+            <xm:f>Beállítás!$B$231:$B$235</xm:f>
           </x14:formula1>
           <xm:sqref>E8:E57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C1E49A43-86AE-4D33-A473-1138787E1D30}">
           <x14:formula1>
-            <xm:f>Beállítás!$D$18:$D$92</xm:f>
+            <xm:f>Beállítás!$D$18:$D$95</xm:f>
           </x14:formula1>
           <xm:sqref>V8:V57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1AAEF52E-7419-48F6-A955-32B070059136}">
           <x14:formula1>
-            <xm:f>Beállítás!$D$96:$D$202</xm:f>
+            <xm:f>Beállítás!$D$99:$D$205</xm:f>
           </x14:formula1>
           <xm:sqref>U8:U57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000003000000}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$213:$B$216</xm:f>
+            <xm:f>Beállítás!$B$216:$B$219</xm:f>
           </x14:formula1>
           <xm:sqref>C8:C57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8D4663C1-5E23-4CFB-83BF-46FE659569C5}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$236:$B$237</xm:f>
+            <xm:f>Beállítás!$B$239:$B$240</xm:f>
           </x14:formula1>
           <xm:sqref>N8:N57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CC462A57-F937-48A5-94C8-B98462ABB515}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$241:$B$242</xm:f>
+            <xm:f>Beállítás!$B$244:$B$245</xm:f>
           </x14:formula1>
           <xm:sqref>P8:P57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9378D73E-3526-4B0B-803B-BC537B037E45}">
           <x14:formula1>
             <xm:f>Beállítás!$G$7:$G$24</xm:f>
           </x14:formula1>
           <xm:sqref>AB8:AB57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:J295"/>
+  <dimension ref="A2:J348"/>
   <sheetViews>
-    <sheetView topLeftCell="A213" workbookViewId="0">
-      <selection activeCell="B223" sqref="B223"/>
+    <sheetView topLeftCell="A28" workbookViewId="0">
+      <selection activeCell="G40" sqref="G40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.5"/>
   <cols>
     <col min="1" max="1" width="11.9140625" customWidth="1"/>
     <col min="2" max="2" width="42.58203125" customWidth="1"/>
     <col min="3" max="3" width="23.58203125" customWidth="1"/>
     <col min="4" max="6" width="20.58203125" customWidth="1"/>
     <col min="7" max="7" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9">
       <c r="A2" s="40" t="s">
         <v>50</v>
       </c>
       <c r="C2" s="41" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="41" t="s">
         <v>38</v>
       </c>
       <c r="F2" s="41" t="s">
         <v>455</v>
       </c>
       <c r="G2" s="41" t="s">
         <v>22</v>
       </c>
       <c r="H2" s="41" t="s">
         <v>52</v>
       </c>
       <c r="I2" s="41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" s="42">
-        <f>MATCH(C2,$A$1:$A$577,0)+2</f>
+        <f>MATCH(C2,$A$1:$A$630,0)+2</f>
         <v>8</v>
       </c>
       <c r="D3" s="42">
-        <f t="shared" ref="D3:I3" si="0">MATCH(D2,$A$1:$A$577,0)+1</f>
+        <f t="shared" ref="D3:I3" si="0">MATCH(D2,$A$1:$A$630,0)+1</f>
         <v>18</v>
       </c>
       <c r="E3" s="42">
         <f t="shared" si="0"/>
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F3" s="42">
         <f t="shared" si="0"/>
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="G3" s="42">
         <f t="shared" si="0"/>
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="H3" s="42">
         <f t="shared" si="0"/>
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="I3" s="42">
         <f t="shared" si="0"/>
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="42">
         <f t="shared" ref="C4:H4" ca="1" si="1">INDIRECT("C" &amp; (C3-2)) + C3-1</f>
         <v>13</v>
       </c>
       <c r="D4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="E4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="F4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="G4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="H4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="I4" s="42">
         <f t="shared" ref="I4" ca="1" si="2">INDIRECT("C" &amp; (I3-2)) + I3-1</f>
-        <v>295</v>
+        <v>348</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="40" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="43">
         <f>COUNTA(B8:B14)</f>
         <v>6</v>
       </c>
       <c r="G6" s="44" t="s">
         <v>55</v>
       </c>
       <c r="H6" s="44" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="45" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="45" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="45" t="s">
@@ -6718,52 +6999,52 @@
       <c r="G13" s="44" t="s">
         <v>87</v>
       </c>
       <c r="H13" s="44" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="G14" s="44" t="s">
         <v>89</v>
       </c>
       <c r="H14" s="44" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="G15" s="44" t="s">
         <v>91</v>
       </c>
       <c r="H15" s="44" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="C16" s="43">
-        <f>COUNTA(B18:B92)</f>
-        <v>75</v>
+        <f>COUNTA(B18:B95)</f>
+        <v>78</v>
       </c>
       <c r="G16" s="44" t="s">
         <v>93</v>
       </c>
       <c r="H16" s="44" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="40" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="45" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="45" t="s">
         <v>95</v>
       </c>
       <c r="D17" s="45" t="s">
         <v>96</v>
       </c>
       <c r="G17" s="44" t="s">
         <v>97</v>
       </c>
       <c r="H17" s="44" t="s">
@@ -6796,120 +7077,120 @@
       </c>
       <c r="D19" s="48" t="s">
         <v>104</v>
       </c>
       <c r="G19" s="44" t="s">
         <v>105</v>
       </c>
       <c r="H19" s="44" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="20" spans="1:10">
       <c r="B20" s="46" t="s">
         <v>106</v>
       </c>
       <c r="C20" s="48" t="s">
         <v>107</v>
       </c>
       <c r="D20" s="48" t="s">
         <v>108</v>
       </c>
       <c r="G20" s="44" t="s">
         <v>109</v>
       </c>
       <c r="H20" s="75" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
     </row>
     <row r="21" spans="1:10">
       <c r="B21" s="48" t="s">
         <v>111</v>
       </c>
       <c r="C21" s="48" t="s">
         <v>112</v>
       </c>
       <c r="D21" s="48" t="s">
         <v>113</v>
       </c>
       <c r="G21" s="44" t="s">
         <v>114</v>
       </c>
       <c r="H21" s="77" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
     </row>
     <row r="22" spans="1:10">
       <c r="B22" s="48" t="s">
         <v>116</v>
       </c>
       <c r="C22" s="48" t="s">
         <v>117</v>
       </c>
       <c r="D22" s="48" t="s">
         <v>118</v>
       </c>
       <c r="G22" s="44" t="s">
         <v>119</v>
       </c>
       <c r="H22" s="78" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
     </row>
     <row r="23" spans="1:10">
       <c r="B23" s="48" t="s">
         <v>121</v>
       </c>
       <c r="C23" s="48" t="s">
         <v>122</v>
       </c>
       <c r="D23" s="48" t="s">
         <v>123</v>
       </c>
       <c r="G23" s="44" t="s">
         <v>124</v>
       </c>
       <c r="H23" s="78" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="J23" s="45"/>
     </row>
     <row r="24" spans="1:10" ht="16" thickBot="1">
       <c r="B24" t="s">
         <v>125</v>
       </c>
       <c r="C24" s="48" t="s">
         <v>126</v>
       </c>
       <c r="D24" s="49" t="s">
         <v>127</v>
       </c>
       <c r="G24" s="44" t="s">
         <v>128</v>
       </c>
       <c r="H24" s="79" t="s">
-        <v>519</v>
+        <v>511</v>
       </c>
       <c r="J24" s="46"/>
     </row>
     <row r="25" spans="1:10">
       <c r="B25" s="48" t="s">
         <v>129</v>
       </c>
       <c r="C25" s="48" t="s">
         <v>130</v>
       </c>
       <c r="D25" s="48" t="s">
         <v>131</v>
       </c>
       <c r="G25" s="44" t="s">
         <v>132</v>
       </c>
       <c r="J25" s="46"/>
     </row>
     <row r="26" spans="1:10">
       <c r="B26" s="48" t="s">
         <v>133</v>
       </c>
       <c r="C26" s="48" t="s">
         <v>134</v>
       </c>
@@ -6950,2834 +7231,3524 @@
         <v>143</v>
       </c>
       <c r="E28" s="47"/>
       <c r="G28" s="44" t="s">
         <v>144</v>
       </c>
       <c r="H28" s="44"/>
       <c r="J28" s="46"/>
     </row>
     <row r="29" spans="1:10">
       <c r="B29" s="48" t="s">
         <v>145</v>
       </c>
       <c r="C29" s="48" t="s">
         <v>146</v>
       </c>
       <c r="D29" s="48" t="s">
         <v>147</v>
       </c>
       <c r="G29" s="44" t="s">
         <v>148</v>
       </c>
       <c r="J29" s="46"/>
     </row>
     <row r="30" spans="1:10">
-      <c r="B30" s="48" t="s">
-[...6 lines deleted...]
-        <v>151</v>
+      <c r="B30" s="86" t="s">
+        <v>362</v>
+      </c>
+      <c r="C30" s="84" t="s">
+        <v>363</v>
+      </c>
+      <c r="D30" s="84" t="s">
+        <v>537</v>
       </c>
       <c r="G30" s="44" t="s">
         <v>152</v>
       </c>
-      <c r="H30" s="44"/>
       <c r="J30" s="46"/>
     </row>
     <row r="31" spans="1:10">
       <c r="B31" s="48" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C31" s="48" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D31" s="48" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="G31" s="44" t="s">
         <v>156</v>
       </c>
       <c r="H31" s="44"/>
       <c r="J31" s="46"/>
     </row>
     <row r="32" spans="1:10">
       <c r="B32" s="48" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C32" s="48" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D32" s="48" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="G32" s="44" t="s">
         <v>160</v>
       </c>
       <c r="H32" s="44"/>
       <c r="J32" s="46"/>
     </row>
     <row r="33" spans="2:10">
       <c r="B33" s="48" t="s">
-        <v>161</v>
+        <v>598</v>
       </c>
       <c r="C33" s="48" t="s">
-        <v>162</v>
+        <v>599</v>
       </c>
       <c r="D33" s="48" t="s">
-        <v>163</v>
+        <v>527</v>
       </c>
       <c r="G33" s="44" t="s">
         <v>164</v>
       </c>
+      <c r="H33" s="44"/>
       <c r="J33" s="46"/>
     </row>
     <row r="34" spans="2:10">
       <c r="B34" s="48" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C34" s="48" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>158</v>
+      </c>
+      <c r="D34" s="48" t="s">
+        <v>159</v>
       </c>
       <c r="G34" s="44" t="s">
         <v>168</v>
       </c>
+      <c r="H34" s="44"/>
       <c r="J34" s="46"/>
     </row>
     <row r="35" spans="2:10">
       <c r="B35" s="48" t="s">
-        <v>169</v>
+        <v>161</v>
       </c>
       <c r="C35" s="48" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="D35" s="48" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="G35" s="44" t="s">
         <v>172</v>
       </c>
-      <c r="H35" s="44"/>
+      <c r="J35" s="46"/>
     </row>
     <row r="36" spans="2:10">
       <c r="B36" s="48" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="C36" s="48" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>166</v>
+      </c>
+      <c r="D36" s="49" t="s">
+        <v>167</v>
       </c>
       <c r="G36" s="44" t="s">
         <v>176</v>
       </c>
-      <c r="H36" s="44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J36" s="46"/>
     </row>
     <row r="37" spans="2:10">
       <c r="B37" s="48" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
       <c r="C37" s="48" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="D37" s="48" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="G37" s="44" t="s">
         <v>181</v>
       </c>
-      <c r="H37" s="44" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H37" s="44"/>
     </row>
     <row r="38" spans="2:10">
       <c r="B38" s="48" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="C38" s="48" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="D38" s="48" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="G38" s="44" t="s">
         <v>185</v>
       </c>
       <c r="H38" s="44" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="39" spans="2:10">
       <c r="B39" s="48" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="C39" s="48" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="D39" s="48" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
       <c r="G39" s="44" t="s">
         <v>189</v>
       </c>
       <c r="H39" s="44" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="40" spans="2:10">
-      <c r="B40" s="46" t="s">
-[...6 lines deleted...]
-        <v>192</v>
+      <c r="B40" s="48" t="s">
+        <v>182</v>
+      </c>
+      <c r="C40" s="48" t="s">
+        <v>183</v>
+      </c>
+      <c r="D40" s="48" t="s">
+        <v>184</v>
       </c>
       <c r="G40" s="44" t="s">
         <v>193</v>
       </c>
       <c r="H40" s="44" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="41" spans="2:10">
       <c r="B41" s="48" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="C41" s="48" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="D41" s="48" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="G41" s="44" t="s">
         <v>197</v>
       </c>
       <c r="H41" s="44" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="42" spans="2:10">
-      <c r="B42" s="48" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="B42" s="46" t="s">
+        <v>190</v>
+      </c>
+      <c r="C42" s="46" t="s">
+        <v>191</v>
+      </c>
+      <c r="D42" s="46" t="s">
+        <v>192</v>
+      </c>
+      <c r="H42" s="44" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="43" spans="2:10">
-      <c r="B43" s="46" t="s">
-[...6 lines deleted...]
-        <v>203</v>
+      <c r="B43" s="48" t="s">
+        <v>194</v>
+      </c>
+      <c r="C43" s="48" t="s">
+        <v>195</v>
+      </c>
+      <c r="D43" s="48" t="s">
+        <v>196</v>
+      </c>
+      <c r="H43" s="44" t="s">
+        <v>177</v>
       </c>
     </row>
     <row r="44" spans="2:10">
       <c r="B44" s="48" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="C44" s="48" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D44" s="48" t="s">
-        <v>206</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="2:10">
-      <c r="B45" s="48" t="s">
-[...6 lines deleted...]
-        <v>209</v>
+      <c r="B45" s="46" t="s">
+        <v>201</v>
+      </c>
+      <c r="C45" t="s">
+        <v>202</v>
+      </c>
+      <c r="D45" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="46" spans="2:10">
       <c r="B46" s="48" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="C46" s="48" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="D46" s="48" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
     </row>
     <row r="47" spans="2:10">
       <c r="B47" s="48" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="C47" s="48" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>208</v>
+      </c>
+      <c r="D47" s="49" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="48" spans="2:10">
       <c r="B48" s="48" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="C48" s="48" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D48" s="48" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
     </row>
     <row r="49" spans="2:5">
-      <c r="B49" s="46" t="s">
-        <v>219</v>
+      <c r="B49" s="48" t="s">
+        <v>213</v>
       </c>
       <c r="C49" s="48" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="D49" s="48" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="E49" s="45"/>
+        <v>215</v>
+      </c>
     </row>
     <row r="50" spans="2:5">
       <c r="B50" s="48" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="C50" s="48" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="D50" s="48" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
     </row>
     <row r="51" spans="2:5">
       <c r="B51" s="46" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="C51" s="48" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D51" s="48" t="s">
+        <v>221</v>
+      </c>
+      <c r="E51" s="45"/>
     </row>
     <row r="52" spans="2:5">
       <c r="B52" s="48" t="s">
+        <v>222</v>
+      </c>
+      <c r="C52" s="48" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" s="48" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="53" spans="2:5">
+      <c r="B53" s="46" t="s">
+        <v>225</v>
+      </c>
+      <c r="C53" s="48" t="s">
+        <v>226</v>
+      </c>
+      <c r="D53" s="46" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="54" spans="2:5">
+      <c r="B54" s="48" t="s">
         <v>228</v>
       </c>
-      <c r="C52" s="48" t="s">
+      <c r="C54" s="48" t="s">
         <v>229</v>
       </c>
-      <c r="D52" s="49" t="s">
+      <c r="D54" s="49" t="s">
         <v>230</v>
-      </c>
-[...20 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="55" spans="2:5">
       <c r="B55" s="48" t="s">
+        <v>231</v>
+      </c>
+      <c r="C55" s="48" t="s">
+        <v>232</v>
+      </c>
+      <c r="D55" s="48" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="56" spans="2:5">
+      <c r="B56" s="46" t="s">
+        <v>234</v>
+      </c>
+      <c r="C56" s="48" t="s">
+        <v>235</v>
+      </c>
+      <c r="D56" s="48" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="2:5">
+      <c r="B57" s="48" t="s">
         <v>237</v>
       </c>
-      <c r="C55" s="46" t="s">
+      <c r="C57" s="46" t="s">
         <v>238</v>
       </c>
-      <c r="D55" s="46" t="s">
+      <c r="D57" s="46" t="s">
         <v>239</v>
-      </c>
-[...20 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="58" spans="2:5">
       <c r="B58" s="48" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="C58" s="48" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="D58" s="48" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
     </row>
     <row r="59" spans="2:5">
       <c r="B59" s="46" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>243</v>
+      </c>
+      <c r="C59" s="46" t="s">
+        <v>244</v>
       </c>
       <c r="D59" s="46" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
     </row>
     <row r="60" spans="2:5">
       <c r="B60" s="48" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C60" s="48" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D60" s="48" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
     </row>
     <row r="61" spans="2:5">
       <c r="B61" s="46" t="s">
+        <v>249</v>
+      </c>
+      <c r="C61" s="48" t="s">
+        <v>250</v>
+      </c>
+      <c r="D61" s="46" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="62" spans="2:5">
+      <c r="B62" s="48" t="s">
+        <v>252</v>
+      </c>
+      <c r="C62" s="48" t="s">
+        <v>253</v>
+      </c>
+      <c r="D62" s="48" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="63" spans="2:5">
+      <c r="B63" s="46" t="s">
         <v>255</v>
       </c>
-      <c r="C61" s="46" t="s">
+      <c r="C63" s="46" t="s">
         <v>256</v>
       </c>
-      <c r="D61" s="46" t="s">
+      <c r="D63" s="46" t="s">
         <v>257</v>
       </c>
     </row>
-    <row r="62" spans="2:5">
-      <c r="B62" s="46" t="s">
+    <row r="64" spans="2:5">
+      <c r="B64" s="46" t="s">
         <v>398</v>
       </c>
-      <c r="C62" s="46" t="s">
+      <c r="C64" s="46" t="s">
         <v>399</v>
       </c>
-      <c r="D62" s="46" t="s">
+      <c r="D64" s="46" t="s">
         <v>400</v>
-      </c>
-[...20 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="65" spans="2:4">
       <c r="B65" s="48" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="C65" s="48" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="D65" s="49" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
     </row>
     <row r="66" spans="2:4">
-      <c r="B66" s="48" t="s">
-        <v>267</v>
+      <c r="B66" t="s">
+        <v>261</v>
       </c>
       <c r="C66" s="48" t="s">
-        <v>268</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>262</v>
+      </c>
+      <c r="D66" s="49" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="67" spans="2:4">
       <c r="B67" s="48" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C67" s="48" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>265</v>
+      </c>
+      <c r="D67" s="49" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="68" spans="2:4">
       <c r="B68" s="48" t="s">
+        <v>267</v>
+      </c>
+      <c r="C68" s="48" t="s">
+        <v>268</v>
+      </c>
+      <c r="D68" s="48" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="69" spans="2:4">
+      <c r="B69" s="48" t="s">
+        <v>270</v>
+      </c>
+      <c r="C69" s="48" t="s">
+        <v>271</v>
+      </c>
+      <c r="D69" s="48" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="70" spans="2:4">
+      <c r="B70" s="48" t="s">
         <v>273</v>
       </c>
-      <c r="C68" s="48" t="s">
+      <c r="C70" s="48" t="s">
         <v>274</v>
       </c>
-      <c r="D68" s="48" t="s">
+      <c r="D70" s="48" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="69" spans="2:4">
-[...11 lines deleted...]
-      <c r="B70" s="46" t="s">
+    <row r="71" spans="2:4">
+      <c r="B71" s="46" t="s">
+        <v>519</v>
+      </c>
+      <c r="C71" s="48" t="s">
+        <v>521</v>
+      </c>
+      <c r="D71" s="48" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="72" spans="2:4">
+      <c r="B72" s="46" t="s">
         <v>276</v>
       </c>
-      <c r="C70" s="48" t="s">
+      <c r="C72" s="48" t="s">
         <v>277</v>
       </c>
-      <c r="D70" s="48" t="s">
+      <c r="D72" s="48" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="71" spans="2:4">
-      <c r="B71" t="s">
+    <row r="73" spans="2:4">
+      <c r="B73" t="s">
         <v>279</v>
       </c>
-      <c r="C71" t="s">
+      <c r="C73" t="s">
         <v>280</v>
       </c>
-      <c r="D71" t="s">
+      <c r="D73" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="72" spans="2:4">
-      <c r="B72" s="50" t="s">
+    <row r="74" spans="2:4">
+      <c r="B74" s="50" t="s">
         <v>282</v>
       </c>
-      <c r="C72" s="48" t="s">
+      <c r="C74" s="48" t="s">
         <v>283</v>
       </c>
-      <c r="D72" s="48" t="s">
+      <c r="D74" s="48" t="s">
         <v>284</v>
-      </c>
-[...20 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="75" spans="2:4">
       <c r="B75" s="46" t="s">
-        <v>291</v>
-[...5 lines deleted...]
-        <v>293</v>
+        <v>285</v>
+      </c>
+      <c r="C75" s="48" t="s">
+        <v>286</v>
+      </c>
+      <c r="D75" s="48" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="76" spans="2:4">
       <c r="B76" s="48" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="C76" s="48" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="D76" s="48" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
     </row>
     <row r="77" spans="2:4">
       <c r="B77" s="46" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="C77" s="46" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="D77" s="46" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
     </row>
     <row r="78" spans="2:4">
       <c r="B78" s="48" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C78" s="48" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="D78" s="48" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
     </row>
     <row r="79" spans="2:4">
       <c r="B79" s="46" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="C79" s="46" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="D79" s="46" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
     </row>
     <row r="80" spans="2:4">
       <c r="B80" s="48" t="s">
+        <v>300</v>
+      </c>
+      <c r="C80" s="48" t="s">
+        <v>301</v>
+      </c>
+      <c r="D80" s="48" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="81" spans="2:4">
+      <c r="B81" s="46" t="s">
+        <v>303</v>
+      </c>
+      <c r="C81" s="46" t="s">
+        <v>304</v>
+      </c>
+      <c r="D81" s="46" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="82" spans="2:4">
+      <c r="B82" s="48" t="s">
         <v>306</v>
       </c>
-      <c r="C80" s="48" t="s">
+      <c r="C82" s="48" t="s">
         <v>307</v>
       </c>
-      <c r="D80" s="48" t="s">
+      <c r="D82" s="48" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="81" spans="1:4">
-      <c r="B81" s="48" t="s">
+    <row r="83" spans="2:4">
+      <c r="B83" s="48" t="s">
         <v>309</v>
       </c>
-      <c r="C81" s="48" t="s">
+      <c r="C83" s="48" t="s">
         <v>310</v>
       </c>
-      <c r="D81" s="48" t="s">
+      <c r="D83" s="48" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="82" spans="1:4">
-      <c r="B82" s="48" t="s">
+    <row r="84" spans="2:4">
+      <c r="B84" s="48" t="s">
         <v>312</v>
       </c>
-      <c r="C82" s="48" t="s">
+      <c r="C84" s="48" t="s">
         <v>313</v>
       </c>
-      <c r="D82" s="48" t="s">
+      <c r="D84" s="48" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="83" spans="1:4">
-      <c r="B83" s="48" t="s">
+    <row r="85" spans="2:4">
+      <c r="B85" s="48" t="s">
         <v>315</v>
       </c>
-      <c r="C83" s="48" t="s">
+      <c r="C85" s="48" t="s">
         <v>316</v>
       </c>
-      <c r="D83" s="49" t="s">
+      <c r="D85" s="49" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="84" spans="1:4">
-      <c r="B84" s="48" t="s">
+    <row r="86" spans="2:4">
+      <c r="B86" s="48" t="s">
         <v>318</v>
       </c>
-      <c r="C84" s="48" t="s">
+      <c r="C86" s="48" t="s">
         <v>319</v>
       </c>
-      <c r="D84" s="48" t="s">
+      <c r="D86" s="48" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="85" spans="1:4">
-      <c r="B85" s="48" t="s">
+    <row r="87" spans="2:4">
+      <c r="B87" s="48" t="s">
         <v>321</v>
       </c>
-      <c r="C85" s="48" t="s">
+      <c r="C87" s="48" t="s">
         <v>322</v>
       </c>
-      <c r="D85" s="48" t="s">
+      <c r="D87" s="48" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="86" spans="1:4">
-      <c r="B86" s="48" t="s">
+    <row r="88" spans="2:4">
+      <c r="B88" s="48" t="s">
+        <v>600</v>
+      </c>
+      <c r="C88" s="48" t="s">
+        <v>601</v>
+      </c>
+      <c r="D88" s="48" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="89" spans="2:4">
+      <c r="B89" s="48" t="s">
         <v>324</v>
       </c>
-      <c r="C86" s="48" t="s">
+      <c r="C89" s="48" t="s">
         <v>325</v>
       </c>
-      <c r="D86" s="48" t="s">
+      <c r="D89" s="48" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="87" spans="1:4">
-      <c r="B87" s="48" t="s">
+    <row r="90" spans="2:4">
+      <c r="B90" s="48" t="s">
         <v>327</v>
       </c>
-      <c r="C87" s="48" t="s">
+      <c r="C90" s="48" t="s">
         <v>328</v>
       </c>
-      <c r="D87" s="48" t="s">
+      <c r="D90" s="48" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="88" spans="1:4">
-      <c r="B88" s="48" t="s">
+    <row r="91" spans="2:4">
+      <c r="B91" s="48" t="s">
         <v>330</v>
       </c>
-      <c r="C88" s="48" t="s">
+      <c r="C91" s="48" t="s">
         <v>331</v>
       </c>
-      <c r="D88" s="48" t="s">
+      <c r="D91" s="48" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="89" spans="1:4">
-      <c r="B89" s="48" t="s">
+    <row r="92" spans="2:4">
+      <c r="B92" s="48" t="s">
         <v>333</v>
       </c>
-      <c r="C89" s="48" t="s">
+      <c r="C92" s="48" t="s">
         <v>334</v>
       </c>
-      <c r="D89" s="48" t="s">
+      <c r="D92" s="48" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="90" spans="1:4">
-      <c r="B90" t="s">
+    <row r="93" spans="2:4">
+      <c r="B93" t="s">
         <v>336</v>
       </c>
-      <c r="C90" s="48" t="s">
+      <c r="C93" s="48" t="s">
         <v>337</v>
       </c>
-      <c r="D90" s="49" t="s">
+      <c r="D93" s="49" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="91" spans="1:4">
-      <c r="B91" s="48" t="s">
+    <row r="94" spans="2:4">
+      <c r="B94" s="48" t="s">
         <v>339</v>
       </c>
-      <c r="C91" s="48" t="s">
+      <c r="C94" s="48" t="s">
         <v>340</v>
       </c>
-      <c r="D91" s="48" t="s">
+      <c r="D94" s="48" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="92" spans="1:4">
-      <c r="B92" s="48" t="s">
+    <row r="95" spans="2:4">
+      <c r="B95" s="48" t="s">
         <v>342</v>
       </c>
-      <c r="C92" s="48" t="s">
+      <c r="C95" s="48" t="s">
         <v>343</v>
       </c>
-      <c r="D92" s="49" t="s">
+      <c r="D95" s="49" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="93" spans="1:4">
-[...6 lines deleted...]
-        <f>COUNTA(B96:B203)</f>
+    <row r="96" spans="2:4">
+      <c r="B96" s="52"/>
+      <c r="C96" s="51"/>
+      <c r="D96" s="51"/>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="C97" s="43">
+        <f>COUNTA(B99:B206)</f>
         <v>107</v>
       </c>
     </row>
-    <row r="95" spans="1:4">
-      <c r="A95" s="40" t="s">
+    <row r="98" spans="1:4">
+      <c r="A98" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="B95" s="45" t="s">
+      <c r="B98" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C95" s="45" t="s">
+      <c r="C98" s="45" t="s">
         <v>95</v>
       </c>
-      <c r="D95" s="45" t="s">
+      <c r="D98" s="45" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="96" spans="1:4">
-      <c r="B96" s="48" t="s">
+    <row r="99" spans="1:4">
+      <c r="B99" s="48" t="s">
         <v>98</v>
       </c>
-      <c r="C96" s="48" t="s">
+      <c r="C99" s="48" t="s">
         <v>99</v>
       </c>
-      <c r="D96" s="48" t="s">
+      <c r="D99" s="48" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="97" spans="2:4">
-      <c r="B97" s="48" t="s">
+    <row r="100" spans="1:4">
+      <c r="B100" s="48" t="s">
         <v>102</v>
       </c>
-      <c r="C97" s="48" t="s">
+      <c r="C100" s="48" t="s">
         <v>103</v>
       </c>
-      <c r="D97" s="48" t="s">
+      <c r="D100" s="48" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="98" spans="2:4">
-      <c r="B98" s="46" t="s">
+    <row r="101" spans="1:4">
+      <c r="B101" s="46" t="s">
         <v>106</v>
       </c>
-      <c r="C98" s="48" t="s">
+      <c r="C101" s="48" t="s">
         <v>107</v>
       </c>
-      <c r="D98" s="48" t="s">
+      <c r="D101" s="48" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="99" spans="2:4">
-      <c r="B99" s="48" t="s">
+    <row r="102" spans="1:4">
+      <c r="B102" s="48" t="s">
         <v>345</v>
       </c>
-      <c r="C99" s="48" t="s">
+      <c r="C102" s="48" t="s">
         <v>346</v>
       </c>
-      <c r="D99" s="49" t="s">
+      <c r="D102" s="49" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="100" spans="2:4">
-      <c r="B100" s="48" t="s">
+    <row r="103" spans="1:4">
+      <c r="B103" s="48" t="s">
         <v>111</v>
       </c>
-      <c r="C100" s="48" t="s">
+      <c r="C103" s="48" t="s">
         <v>112</v>
       </c>
-      <c r="D100" s="48" t="s">
+      <c r="D103" s="48" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="101" spans="2:4">
-      <c r="B101" s="46" t="s">
+    <row r="104" spans="1:4">
+      <c r="B104" s="46" t="s">
         <v>348</v>
       </c>
-      <c r="C101" s="48" t="s">
+      <c r="C104" s="48" t="s">
         <v>349</v>
       </c>
-      <c r="D101" s="48" t="s">
+      <c r="D104" s="48" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="102" spans="2:4">
-      <c r="B102" s="48" t="s">
+    <row r="105" spans="1:4">
+      <c r="B105" s="48" t="s">
         <v>116</v>
       </c>
-      <c r="C102" s="48" t="s">
+      <c r="C105" s="48" t="s">
         <v>117</v>
       </c>
-      <c r="D102" s="48" t="s">
+      <c r="D105" s="48" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="103" spans="2:4">
-      <c r="B103" s="48" t="s">
+    <row r="106" spans="1:4">
+      <c r="B106" s="48" t="s">
         <v>351</v>
       </c>
-      <c r="C103" s="48" t="s">
+      <c r="C106" s="48" t="s">
         <v>122</v>
       </c>
-      <c r="D103" s="48" t="s">
+      <c r="D106" s="48" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="104" spans="2:4">
-      <c r="B104" s="48" t="s">
+    <row r="107" spans="1:4">
+      <c r="B107" s="48" t="s">
         <v>352</v>
       </c>
-      <c r="C104" s="48" t="s">
+      <c r="C107" s="48" t="s">
         <v>122</v>
       </c>
-      <c r="D104" s="48" t="s">
+      <c r="D107" s="48" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="105" spans="2:4">
-      <c r="B105" t="s">
+    <row r="108" spans="1:4">
+      <c r="B108" t="s">
         <v>125</v>
       </c>
-      <c r="C105" s="48" t="s">
+      <c r="C108" s="48" t="s">
         <v>126</v>
       </c>
-      <c r="D105" s="49" t="s">
+      <c r="D108" s="49" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="106" spans="2:4">
-      <c r="B106" s="48" t="s">
+    <row r="109" spans="1:4">
+      <c r="B109" s="48" t="s">
         <v>129</v>
       </c>
-      <c r="C106" s="48" t="s">
+      <c r="C109" s="48" t="s">
         <v>130</v>
       </c>
-      <c r="D106" s="48" t="s">
+      <c r="D109" s="48" t="s">
         <v>131</v>
       </c>
     </row>
-    <row r="107" spans="2:4">
-      <c r="B107" s="48" t="s">
+    <row r="110" spans="1:4">
+      <c r="B110" s="48" t="s">
         <v>133</v>
       </c>
-      <c r="C107" s="48" t="s">
+      <c r="C110" s="48" t="s">
         <v>134</v>
       </c>
-      <c r="D107" s="48" t="s">
+      <c r="D110" s="48" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="108" spans="2:4">
-      <c r="B108" s="46" t="s">
+    <row r="111" spans="1:4">
+      <c r="B111" s="46" t="s">
         <v>353</v>
       </c>
-      <c r="C108" s="46" t="s">
+      <c r="C111" s="46" t="s">
         <v>354</v>
       </c>
-      <c r="D108" s="46" t="s">
+      <c r="D111" s="46" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="109" spans="2:4">
-      <c r="B109" s="48" t="s">
+    <row r="112" spans="1:4">
+      <c r="B112" s="48" t="s">
         <v>137</v>
       </c>
-      <c r="C109" s="48" t="s">
+      <c r="C112" s="48" t="s">
         <v>138</v>
       </c>
-      <c r="D109" s="48" t="s">
+      <c r="D112" s="48" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="110" spans="2:4">
-      <c r="B110" s="48" t="s">
+    <row r="113" spans="2:5">
+      <c r="B113" s="48" t="s">
         <v>141</v>
       </c>
-      <c r="C110" s="48" t="s">
+      <c r="C113" s="48" t="s">
         <v>142</v>
       </c>
-      <c r="D110" s="48" t="s">
+      <c r="D113" s="48" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="111" spans="2:4">
-      <c r="B111" s="48" t="s">
+    <row r="114" spans="2:5">
+      <c r="B114" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C111" s="48" t="s">
+      <c r="C114" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="D111" s="48" t="s">
+      <c r="D114" s="48" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="112" spans="2:4">
-      <c r="B112" s="46" t="s">
+    <row r="115" spans="2:5">
+      <c r="B115" s="46" t="s">
         <v>356</v>
       </c>
-      <c r="C112" s="48" t="s">
+      <c r="C115" s="48" t="s">
         <v>357</v>
       </c>
-      <c r="D112" s="46" t="s">
+      <c r="D115" s="46" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="113" spans="2:5">
-      <c r="B113" s="46" t="s">
+    <row r="116" spans="2:5">
+      <c r="B116" s="46" t="s">
         <v>359</v>
       </c>
-      <c r="C113" s="48" t="s">
+      <c r="C116" s="48" t="s">
         <v>360</v>
       </c>
-      <c r="D113" s="46" t="s">
+      <c r="D116" s="46" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="114" spans="2:5">
-      <c r="B114" s="54" t="s">
+    <row r="117" spans="2:5">
+      <c r="B117" s="54" t="s">
         <v>362</v>
       </c>
-      <c r="C114" s="55" t="s">
+      <c r="C117" s="55" t="s">
         <v>363</v>
       </c>
-      <c r="D114" s="54" t="s">
+      <c r="D117" s="54" t="s">
         <v>364</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="E117" s="51"/>
     </row>
     <row r="118" spans="2:5">
       <c r="B118" s="48" t="s">
-        <v>157</v>
+        <v>149</v>
       </c>
       <c r="C118" s="48" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="D118" s="48" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="E118" s="51"/>
     </row>
     <row r="119" spans="2:5">
       <c r="B119" s="48" t="s">
-        <v>161</v>
+        <v>153</v>
       </c>
       <c r="C119" s="48" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="D119" s="48" t="s">
-        <v>163</v>
-      </c>
+        <v>155</v>
+      </c>
+      <c r="E119" s="51"/>
     </row>
     <row r="120" spans="2:5">
       <c r="B120" s="48" t="s">
-        <v>368</v>
+        <v>365</v>
       </c>
       <c r="C120" s="48" t="s">
-        <v>369</v>
-[...3 lines deleted...]
-      </c>
+        <v>366</v>
+      </c>
+      <c r="D120" s="48" t="s">
+        <v>367</v>
+      </c>
+      <c r="E120" s="51"/>
     </row>
     <row r="121" spans="2:5">
       <c r="B121" s="48" t="s">
-        <v>165</v>
+        <v>157</v>
       </c>
       <c r="C121" s="48" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>158</v>
+      </c>
+      <c r="D121" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="E121" s="51"/>
     </row>
     <row r="122" spans="2:5">
-      <c r="B122" s="46" t="s">
-[...8 lines deleted...]
-      <c r="E122" s="51"/>
+      <c r="B122" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="C122" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="D122" s="48" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="123" spans="2:5">
       <c r="B123" s="48" t="s">
-        <v>169</v>
+        <v>368</v>
       </c>
       <c r="C123" s="48" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-      <c r="E123" s="51"/>
+        <v>369</v>
+      </c>
+      <c r="D123" s="49" t="s">
+        <v>370</v>
+      </c>
     </row>
     <row r="124" spans="2:5">
       <c r="B124" s="48" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="C124" s="48" t="s">
-        <v>174</v>
-[...4 lines deleted...]
-      <c r="E124" s="51"/>
+        <v>166</v>
+      </c>
+      <c r="D124" s="49" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="125" spans="2:5">
-      <c r="B125" s="48" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B125" s="46" t="s">
+        <v>371</v>
+      </c>
+      <c r="C125" s="46" t="s">
+        <v>372</v>
+      </c>
+      <c r="D125" s="46" t="s">
+        <v>373</v>
+      </c>
+      <c r="E125" s="51"/>
     </row>
     <row r="126" spans="2:5">
-      <c r="B126" s="46" t="s">
-        <v>374</v>
+      <c r="B126" s="48" t="s">
+        <v>169</v>
       </c>
       <c r="C126" s="48" t="s">
-        <v>375</v>
+        <v>170</v>
       </c>
       <c r="D126" s="48" t="s">
-        <v>376</v>
+        <v>171</v>
       </c>
       <c r="E126" s="51"/>
     </row>
     <row r="127" spans="2:5">
       <c r="B127" s="48" t="s">
-        <v>182</v>
+        <v>173</v>
       </c>
       <c r="C127" s="48" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="D127" s="48" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="E127" s="51"/>
     </row>
     <row r="128" spans="2:5">
       <c r="B128" s="48" t="s">
-        <v>377</v>
+        <v>178</v>
       </c>
       <c r="C128" s="48" t="s">
-        <v>378</v>
+        <v>179</v>
       </c>
       <c r="D128" s="48" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="E128" s="51"/>
+        <v>180</v>
+      </c>
     </row>
     <row r="129" spans="2:5">
-      <c r="B129" s="48" t="s">
-        <v>186</v>
+      <c r="B129" s="46" t="s">
+        <v>374</v>
       </c>
       <c r="C129" s="48" t="s">
-        <v>187</v>
+        <v>375</v>
       </c>
       <c r="D129" s="48" t="s">
-        <v>188</v>
-      </c>
+        <v>376</v>
+      </c>
+      <c r="E129" s="51"/>
     </row>
     <row r="130" spans="2:5">
-      <c r="B130" s="46" t="s">
-[...6 lines deleted...]
-        <v>192</v>
+      <c r="B130" s="48" t="s">
+        <v>182</v>
+      </c>
+      <c r="C130" s="48" t="s">
+        <v>183</v>
+      </c>
+      <c r="D130" s="48" t="s">
+        <v>184</v>
       </c>
       <c r="E130" s="51"/>
     </row>
     <row r="131" spans="2:5">
       <c r="B131" s="48" t="s">
-        <v>194</v>
+        <v>377</v>
       </c>
       <c r="C131" s="48" t="s">
-        <v>195</v>
+        <v>378</v>
       </c>
       <c r="D131" s="48" t="s">
-        <v>196</v>
+        <v>379</v>
       </c>
       <c r="E131" s="51"/>
     </row>
     <row r="132" spans="2:5">
-      <c r="B132" s="46" t="s">
-        <v>380</v>
+      <c r="B132" s="48" t="s">
+        <v>186</v>
       </c>
       <c r="C132" s="48" t="s">
-        <v>381</v>
+        <v>187</v>
       </c>
       <c r="D132" s="48" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="E132" s="51"/>
+        <v>188</v>
+      </c>
     </row>
     <row r="133" spans="2:5">
-      <c r="B133" s="48" t="s">
-[...6 lines deleted...]
-        <v>200</v>
+      <c r="B133" s="46" t="s">
+        <v>190</v>
+      </c>
+      <c r="C133" s="46" t="s">
+        <v>191</v>
+      </c>
+      <c r="D133" s="46" t="s">
+        <v>192</v>
       </c>
       <c r="E133" s="51"/>
     </row>
     <row r="134" spans="2:5">
       <c r="B134" s="48" t="s">
-        <v>383</v>
+        <v>194</v>
       </c>
       <c r="C134" s="48" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-        <v>385</v>
+        <v>195</v>
+      </c>
+      <c r="D134" s="48" t="s">
+        <v>196</v>
       </c>
       <c r="E134" s="51"/>
     </row>
     <row r="135" spans="2:5">
       <c r="B135" s="46" t="s">
-        <v>201</v>
-[...5 lines deleted...]
-        <v>203</v>
+        <v>380</v>
+      </c>
+      <c r="C135" s="48" t="s">
+        <v>381</v>
+      </c>
+      <c r="D135" s="48" t="s">
+        <v>382</v>
       </c>
       <c r="E135" s="51"/>
     </row>
     <row r="136" spans="2:5">
       <c r="B136" s="48" t="s">
-        <v>386</v>
+        <v>198</v>
       </c>
       <c r="C136" s="48" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>199</v>
+      </c>
+      <c r="D136" s="48" t="s">
+        <v>200</v>
       </c>
       <c r="E136" s="51"/>
     </row>
     <row r="137" spans="2:5">
-      <c r="B137" s="46" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B137" s="48" t="s">
+        <v>383</v>
+      </c>
+      <c r="C137" s="48" t="s">
+        <v>384</v>
+      </c>
+      <c r="D137" s="49" t="s">
+        <v>385</v>
+      </c>
+      <c r="E137" s="51"/>
     </row>
     <row r="138" spans="2:5">
       <c r="B138" s="46" t="s">
-        <v>390</v>
-[...5 lines deleted...]
-        <v>391</v>
+        <v>201</v>
+      </c>
+      <c r="C138" t="s">
+        <v>202</v>
+      </c>
+      <c r="D138" t="s">
+        <v>203</v>
       </c>
       <c r="E138" s="51"/>
     </row>
     <row r="139" spans="2:5">
       <c r="B139" s="48" t="s">
-        <v>207</v>
+        <v>386</v>
       </c>
       <c r="C139" s="48" t="s">
-        <v>208</v>
+        <v>387</v>
       </c>
       <c r="D139" s="49" t="s">
-        <v>209</v>
+        <v>388</v>
       </c>
       <c r="E139" s="51"/>
     </row>
     <row r="140" spans="2:5">
-      <c r="B140" s="48" t="s">
-[...8 lines deleted...]
-      <c r="E140" s="53"/>
+      <c r="B140" s="46" t="s">
+        <v>204</v>
+      </c>
+      <c r="C140" s="46" t="s">
+        <v>389</v>
+      </c>
+      <c r="D140" s="46" t="s">
+        <v>206</v>
+      </c>
     </row>
     <row r="141" spans="2:5">
-      <c r="B141" s="48" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B141" s="46" t="s">
+        <v>390</v>
+      </c>
+      <c r="C141" s="46" t="s">
+        <v>391</v>
+      </c>
+      <c r="D141" s="46" t="s">
+        <v>391</v>
+      </c>
+      <c r="E141" s="51"/>
     </row>
     <row r="142" spans="2:5">
       <c r="B142" s="48" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="C142" s="48" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>218</v>
+        <v>208</v>
+      </c>
+      <c r="D142" s="49" t="s">
+        <v>209</v>
       </c>
       <c r="E142" s="51"/>
     </row>
     <row r="143" spans="2:5">
-      <c r="B143" s="46" t="s">
-        <v>219</v>
+      <c r="B143" s="48" t="s">
+        <v>210</v>
       </c>
       <c r="C143" s="48" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="D143" s="48" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="E143" s="51"/>
+        <v>212</v>
+      </c>
+      <c r="E143" s="53"/>
     </row>
     <row r="144" spans="2:5">
       <c r="B144" s="48" t="s">
-        <v>222</v>
+        <v>213</v>
       </c>
       <c r="C144" s="48" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="D144" s="48" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="E144" s="51"/>
+        <v>215</v>
+      </c>
     </row>
     <row r="145" spans="2:5">
-      <c r="B145" s="46" t="s">
-        <v>392</v>
+      <c r="B145" s="48" t="s">
+        <v>216</v>
       </c>
       <c r="C145" s="48" t="s">
-        <v>393</v>
+        <v>217</v>
       </c>
       <c r="D145" s="48" t="s">
-        <v>394</v>
-      </c>
+        <v>218</v>
+      </c>
+      <c r="E145" s="51"/>
     </row>
     <row r="146" spans="2:5">
       <c r="B146" s="46" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="C146" s="48" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>220</v>
+      </c>
+      <c r="D146" s="48" t="s">
+        <v>221</v>
       </c>
       <c r="E146" s="51"/>
     </row>
     <row r="147" spans="2:5">
       <c r="B147" s="48" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="C147" s="48" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-        <v>230</v>
+        <v>223</v>
+      </c>
+      <c r="D147" s="48" t="s">
+        <v>224</v>
       </c>
       <c r="E147" s="51"/>
     </row>
     <row r="148" spans="2:5">
-      <c r="B148" s="48" t="s">
-        <v>231</v>
+      <c r="B148" s="46" t="s">
+        <v>392</v>
       </c>
       <c r="C148" s="48" t="s">
-        <v>232</v>
+        <v>393</v>
       </c>
       <c r="D148" s="48" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="E148" s="51"/>
+        <v>394</v>
+      </c>
     </row>
     <row r="149" spans="2:5">
       <c r="B149" s="46" t="s">
-        <v>234</v>
+        <v>225</v>
       </c>
       <c r="C149" s="48" t="s">
-        <v>235</v>
-[...3 lines deleted...]
-      </c>
+        <v>226</v>
+      </c>
+      <c r="D149" s="46" t="s">
+        <v>227</v>
+      </c>
+      <c r="E149" s="51"/>
     </row>
     <row r="150" spans="2:5">
       <c r="B150" s="48" t="s">
-        <v>237</v>
+        <v>228</v>
       </c>
       <c r="C150" s="48" t="s">
-        <v>238</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D150" s="49" t="s">
+        <v>230</v>
+      </c>
+      <c r="E150" s="51"/>
     </row>
     <row r="151" spans="2:5">
       <c r="B151" s="48" t="s">
-        <v>240</v>
+        <v>231</v>
       </c>
       <c r="C151" s="48" t="s">
-        <v>241</v>
+        <v>232</v>
       </c>
       <c r="D151" s="48" t="s">
-        <v>242</v>
-      </c>
+        <v>233</v>
+      </c>
+      <c r="E151" s="51"/>
     </row>
     <row r="152" spans="2:5">
       <c r="B152" s="46" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>245</v>
+        <v>234</v>
+      </c>
+      <c r="C152" s="48" t="s">
+        <v>235</v>
+      </c>
+      <c r="D152" s="48" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="153" spans="2:5">
       <c r="B153" s="48" t="s">
-        <v>246</v>
+        <v>237</v>
       </c>
       <c r="C153" s="48" t="s">
-        <v>247</v>
+        <v>238</v>
       </c>
       <c r="D153" s="48" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="E153" s="51"/>
+        <v>239</v>
+      </c>
     </row>
     <row r="154" spans="2:5">
-      <c r="B154" s="46" t="s">
-[...8 lines deleted...]
-      <c r="E154" s="51"/>
+      <c r="B154" s="48" t="s">
+        <v>240</v>
+      </c>
+      <c r="C154" s="48" t="s">
+        <v>241</v>
+      </c>
+      <c r="D154" s="48" t="s">
+        <v>242</v>
+      </c>
     </row>
     <row r="155" spans="2:5">
       <c r="B155" s="46" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>243</v>
+      </c>
+      <c r="C155" s="46" t="s">
+        <v>244</v>
       </c>
       <c r="D155" s="46" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="E155" s="51"/>
+        <v>245</v>
+      </c>
     </row>
     <row r="156" spans="2:5">
       <c r="B156" s="48" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="C156" s="48" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="D156" s="48" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="E156" s="51"/>
     </row>
     <row r="157" spans="2:5">
       <c r="B157" s="46" t="s">
-        <v>255</v>
+        <v>395</v>
       </c>
       <c r="C157" s="46" t="s">
-        <v>256</v>
+        <v>396</v>
       </c>
       <c r="D157" s="46" t="s">
-        <v>257</v>
+        <v>397</v>
       </c>
       <c r="E157" s="51"/>
     </row>
     <row r="158" spans="2:5">
       <c r="B158" s="46" t="s">
+        <v>249</v>
+      </c>
+      <c r="C158" s="48" t="s">
+        <v>250</v>
+      </c>
+      <c r="D158" s="46" t="s">
+        <v>251</v>
+      </c>
+      <c r="E158" s="51"/>
+    </row>
+    <row r="159" spans="2:5">
+      <c r="B159" s="48" t="s">
+        <v>252</v>
+      </c>
+      <c r="C159" s="48" t="s">
+        <v>253</v>
+      </c>
+      <c r="D159" s="48" t="s">
+        <v>254</v>
+      </c>
+      <c r="E159" s="51"/>
+    </row>
+    <row r="160" spans="2:5">
+      <c r="B160" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="C160" s="46" t="s">
+        <v>256</v>
+      </c>
+      <c r="D160" s="46" t="s">
+        <v>257</v>
+      </c>
+      <c r="E160" s="51"/>
+    </row>
+    <row r="161" spans="2:5">
+      <c r="B161" s="46" t="s">
         <v>398</v>
       </c>
-      <c r="C158" s="46" t="s">
+      <c r="C161" s="46" t="s">
         <v>399</v>
       </c>
-      <c r="D158" s="46" t="s">
+      <c r="D161" s="46" t="s">
         <v>400</v>
       </c>
     </row>
-    <row r="159" spans="2:5">
-      <c r="B159" t="s">
+    <row r="162" spans="2:5">
+      <c r="B162" t="s">
         <v>401</v>
       </c>
-      <c r="C159" s="48" t="s">
+      <c r="C162" s="48" t="s">
         <v>402</v>
       </c>
-      <c r="D159" s="49" t="s">
+      <c r="D162" s="49" t="s">
         <v>403</v>
       </c>
-      <c r="E159" s="51"/>
-[...2 lines deleted...]
-      <c r="B160" t="s">
+      <c r="E162" s="51"/>
+    </row>
+    <row r="163" spans="2:5">
+      <c r="B163" t="s">
         <v>261</v>
       </c>
-      <c r="C160" s="48" t="s">
+      <c r="C163" s="48" t="s">
         <v>262</v>
       </c>
-      <c r="D160" s="49" t="s">
+      <c r="D163" s="49" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="161" spans="2:5">
-      <c r="B161" s="55" t="s">
+    <row r="164" spans="2:5">
+      <c r="B164" s="55" t="s">
         <v>404</v>
       </c>
-      <c r="C161" s="55" t="s">
+      <c r="C164" s="55" t="s">
         <v>405</v>
       </c>
-      <c r="D161" s="56" t="s">
+      <c r="D164" s="56" t="s">
         <v>406</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="E164" s="51"/>
     </row>
     <row r="165" spans="2:5">
       <c r="B165" s="48" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="C165" s="48" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="D165" s="49" t="s">
+        <v>266</v>
+      </c>
+      <c r="E165" s="51"/>
     </row>
     <row r="166" spans="2:5">
       <c r="B166" s="48" t="s">
+        <v>267</v>
+      </c>
+      <c r="C166" s="48" t="s">
+        <v>268</v>
+      </c>
+      <c r="D166" s="48" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="167" spans="2:5">
+      <c r="B167" s="57" t="s">
+        <v>407</v>
+      </c>
+      <c r="C167" s="48" t="s">
+        <v>408</v>
+      </c>
+      <c r="D167" s="46" t="s">
+        <v>409</v>
+      </c>
+      <c r="E167" s="51"/>
+    </row>
+    <row r="168" spans="2:5">
+      <c r="B168" s="48" t="s">
+        <v>270</v>
+      </c>
+      <c r="C168" s="48" t="s">
+        <v>271</v>
+      </c>
+      <c r="D168" s="48" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="169" spans="2:5">
+      <c r="B169" s="48" t="s">
         <v>273</v>
       </c>
-      <c r="C166" s="48" t="s">
+      <c r="C169" s="48" t="s">
         <v>274</v>
       </c>
-      <c r="D166" s="48" t="s">
+      <c r="D169" s="48" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="167" spans="2:5">
-      <c r="B167" s="46" t="s">
+    <row r="170" spans="2:5">
+      <c r="B170" s="46" t="s">
         <v>410</v>
       </c>
-      <c r="C167" s="48" t="s">
+      <c r="C170" s="48" t="s">
         <v>411</v>
       </c>
-      <c r="D167" s="48" t="s">
+      <c r="D170" s="48" t="s">
         <v>412</v>
       </c>
-      <c r="E167" s="51"/>
-[...14 lines deleted...]
-      <c r="B169" s="46" t="s">
+      <c r="E170" s="51"/>
+    </row>
+    <row r="171" spans="2:5">
+      <c r="B171" s="46" t="s">
+        <v>519</v>
+      </c>
+      <c r="C171" s="48" t="s">
+        <v>521</v>
+      </c>
+      <c r="D171" s="48" t="s">
+        <v>520</v>
+      </c>
+      <c r="E171" s="51"/>
+    </row>
+    <row r="172" spans="2:5">
+      <c r="B172" s="46" t="s">
         <v>276</v>
       </c>
-      <c r="C169" s="48" t="s">
+      <c r="C172" s="48" t="s">
         <v>277</v>
       </c>
-      <c r="D169" s="48" t="s">
+      <c r="D172" s="48" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="170" spans="2:5">
-      <c r="B170" t="s">
+    <row r="173" spans="2:5">
+      <c r="B173" t="s">
         <v>279</v>
       </c>
-      <c r="C170" t="s">
+      <c r="C173" t="s">
         <v>280</v>
       </c>
-      <c r="D170" t="s">
+      <c r="D173" t="s">
         <v>281</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="E173" s="51"/>
     </row>
     <row r="174" spans="2:5">
       <c r="B174" s="48" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="C174" s="48" t="s">
-        <v>286</v>
+        <v>414</v>
       </c>
       <c r="D174" s="48" t="s">
-        <v>287</v>
+        <v>415</v>
       </c>
       <c r="E174" s="51"/>
     </row>
     <row r="175" spans="2:5">
-      <c r="B175" s="48" t="s">
-        <v>420</v>
+      <c r="B175" s="50" t="s">
+        <v>282</v>
       </c>
       <c r="C175" s="48" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>283</v>
+      </c>
+      <c r="D175" s="48" t="s">
+        <v>284</v>
       </c>
     </row>
     <row r="176" spans="2:5">
       <c r="B176" s="48" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="C176" s="48" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>417</v>
+      </c>
+      <c r="D176" s="48" t="s">
+        <v>418</v>
+      </c>
+      <c r="E176" s="51"/>
     </row>
     <row r="177" spans="2:5">
-      <c r="B177" s="46" t="s">
-        <v>426</v>
+      <c r="B177" s="48" t="s">
+        <v>419</v>
       </c>
       <c r="C177" s="48" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="D177" s="48" t="s">
+        <v>287</v>
+      </c>
+      <c r="E177" s="51"/>
     </row>
     <row r="178" spans="2:5">
       <c r="B178" s="48" t="s">
+        <v>420</v>
+      </c>
+      <c r="C178" s="48" t="s">
+        <v>421</v>
+      </c>
+      <c r="D178" s="49" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="179" spans="2:5">
+      <c r="B179" s="48" t="s">
+        <v>423</v>
+      </c>
+      <c r="C179" s="48" t="s">
+        <v>424</v>
+      </c>
+      <c r="D179" s="49" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="180" spans="2:5">
+      <c r="B180" s="46" t="s">
+        <v>426</v>
+      </c>
+      <c r="C180" s="48" t="s">
+        <v>427</v>
+      </c>
+      <c r="D180" s="46" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="181" spans="2:5">
+      <c r="B181" s="48" t="s">
         <v>288</v>
       </c>
-      <c r="C178" s="48" t="s">
+      <c r="C181" s="48" t="s">
         <v>289</v>
       </c>
-      <c r="D178" s="48" t="s">
+      <c r="D181" s="48" t="s">
         <v>290</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="E181" s="51"/>
     </row>
     <row r="182" spans="2:5">
       <c r="B182" s="46" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="C182" s="46" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="D182" s="46" t="s">
-        <v>299</v>
-      </c>
+        <v>293</v>
+      </c>
+      <c r="E182" s="51"/>
     </row>
     <row r="183" spans="2:5">
       <c r="B183" s="48" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="C183" s="48" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="D183" s="48" t="s">
-        <v>302</v>
-      </c>
+        <v>296</v>
+      </c>
+      <c r="E183" s="51"/>
     </row>
     <row r="184" spans="2:5">
       <c r="B184" s="46" t="s">
-        <v>303</v>
+        <v>429</v>
       </c>
       <c r="C184" s="46" t="s">
-        <v>304</v>
+        <v>430</v>
       </c>
       <c r="D184" s="46" t="s">
-        <v>305</v>
+        <v>431</v>
       </c>
       <c r="E184" s="51"/>
     </row>
     <row r="185" spans="2:5">
-      <c r="B185" s="48" t="s">
-[...6 lines deleted...]
-        <v>308</v>
+      <c r="B185" s="46" t="s">
+        <v>297</v>
+      </c>
+      <c r="C185" s="46" t="s">
+        <v>298</v>
+      </c>
+      <c r="D185" s="46" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="186" spans="2:5">
       <c r="B186" s="48" t="s">
-        <v>432</v>
+        <v>300</v>
       </c>
       <c r="C186" s="48" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>301</v>
+      </c>
+      <c r="D186" s="48" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="187" spans="2:5">
-      <c r="B187" s="48" t="s">
-[...6 lines deleted...]
-        <v>311</v>
+      <c r="B187" s="46" t="s">
+        <v>303</v>
+      </c>
+      <c r="C187" s="46" t="s">
+        <v>304</v>
+      </c>
+      <c r="D187" s="46" t="s">
+        <v>305</v>
       </c>
       <c r="E187" s="51"/>
     </row>
     <row r="188" spans="2:5">
       <c r="B188" s="48" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="C188" s="48" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="D188" s="48" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="E188" s="51"/>
+        <v>308</v>
+      </c>
     </row>
     <row r="189" spans="2:5">
       <c r="B189" s="48" t="s">
-        <v>315</v>
+        <v>432</v>
       </c>
       <c r="C189" s="48" t="s">
-        <v>316</v>
+        <v>433</v>
       </c>
       <c r="D189" s="49" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="E189" s="51"/>
+        <v>434</v>
+      </c>
     </row>
     <row r="190" spans="2:5">
-      <c r="B190" s="46" t="s">
-[...6 lines deleted...]
-        <v>437</v>
+      <c r="B190" s="48" t="s">
+        <v>309</v>
+      </c>
+      <c r="C190" s="48" t="s">
+        <v>310</v>
+      </c>
+      <c r="D190" s="48" t="s">
+        <v>311</v>
       </c>
       <c r="E190" s="51"/>
     </row>
     <row r="191" spans="2:5">
       <c r="B191" s="48" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="C191" s="48" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="D191" s="48" t="s">
-        <v>320</v>
-      </c>
+        <v>314</v>
+      </c>
+      <c r="E191" s="51"/>
     </row>
     <row r="192" spans="2:5">
       <c r="B192" s="48" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="C192" s="48" t="s">
-        <v>322</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>316</v>
+      </c>
+      <c r="D192" s="49" t="s">
+        <v>317</v>
       </c>
       <c r="E192" s="51"/>
     </row>
     <row r="193" spans="1:5">
-      <c r="B193" s="48" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B193" s="46" t="s">
+        <v>435</v>
+      </c>
+      <c r="C193" s="46" t="s">
+        <v>436</v>
+      </c>
+      <c r="D193" s="46" t="s">
+        <v>437</v>
+      </c>
+      <c r="E193" s="51"/>
     </row>
     <row r="194" spans="1:5">
       <c r="B194" s="48" t="s">
-        <v>438</v>
+        <v>318</v>
       </c>
       <c r="C194" s="48" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>440</v>
+        <v>319</v>
+      </c>
+      <c r="D194" s="48" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="B195" s="48" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="C195" s="48" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="D195" s="48" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="E195" s="51"/>
     </row>
     <row r="196" spans="1:5">
       <c r="B196" s="48" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="C196" s="48" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="D196" s="48" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="B197" s="48" t="s">
-        <v>333</v>
+        <v>438</v>
       </c>
       <c r="C197" s="48" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>439</v>
+      </c>
+      <c r="D197" s="49" t="s">
+        <v>440</v>
       </c>
     </row>
     <row r="198" spans="1:5">
-      <c r="B198" t="s">
-        <v>336</v>
+      <c r="B198" s="48" t="s">
+        <v>327</v>
       </c>
       <c r="C198" s="48" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="D198" s="48" t="s">
+        <v>329</v>
+      </c>
+      <c r="E198" s="51"/>
     </row>
     <row r="199" spans="1:5">
       <c r="B199" s="48" t="s">
-        <v>339</v>
+        <v>330</v>
       </c>
       <c r="C199" s="48" t="s">
-        <v>340</v>
+        <v>331</v>
       </c>
       <c r="D199" s="48" t="s">
-        <v>341</v>
+        <v>332</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="B200" s="48" t="s">
+        <v>333</v>
+      </c>
+      <c r="C200" s="48" t="s">
+        <v>334</v>
+      </c>
+      <c r="D200" s="48" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5">
+      <c r="B201" t="s">
+        <v>336</v>
+      </c>
+      <c r="C201" s="48" t="s">
+        <v>337</v>
+      </c>
+      <c r="D201" s="49" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5">
+      <c r="B202" s="48" t="s">
+        <v>339</v>
+      </c>
+      <c r="C202" s="48" t="s">
+        <v>340</v>
+      </c>
+      <c r="D202" s="48" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5">
+      <c r="B203" s="48" t="s">
         <v>342</v>
       </c>
-      <c r="C200" s="48" t="s">
+      <c r="C203" s="48" t="s">
         <v>343</v>
       </c>
-      <c r="D200" s="49" t="s">
+      <c r="D203" s="49" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="201" spans="1:5">
-      <c r="B201" s="48" t="s">
+    <row r="204" spans="1:5">
+      <c r="B204" s="48" t="s">
         <v>441</v>
       </c>
-      <c r="C201" s="48" t="s">
+      <c r="C204" s="48" t="s">
         <v>442</v>
       </c>
-      <c r="D201" s="49" t="s">
+      <c r="D204" s="49" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="202" spans="1:5">
-      <c r="B202" t="s">
+    <row r="205" spans="1:5">
+      <c r="B205" t="s">
         <v>444</v>
       </c>
-      <c r="C202" s="48" t="s">
+      <c r="C205" s="48" t="s">
         <v>445</v>
       </c>
-      <c r="D202" s="49" t="s">
+      <c r="D205" s="49" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="203" spans="1:5">
-[...7 lines deleted...]
-        <f>COUNTA(B206:B209)</f>
+    <row r="206" spans="1:5">
+      <c r="B206" s="48"/>
+      <c r="C206" s="48"/>
+      <c r="D206" s="48"/>
+    </row>
+    <row r="207" spans="1:5">
+      <c r="B207" s="51"/>
+      <c r="C207" s="43">
+        <f>COUNTA(B209:B212)</f>
         <v>3</v>
       </c>
     </row>
-    <row r="205" spans="1:5">
-      <c r="A205" s="40" t="s">
+    <row r="208" spans="1:5">
+      <c r="A208" s="40" t="s">
         <v>51</v>
       </c>
-      <c r="B205" s="45" t="s">
+      <c r="B208" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C205" s="45"/>
-[...2 lines deleted...]
-      <c r="B206" s="51" t="s">
+      <c r="C208" s="45"/>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="B209" s="51" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="207" spans="1:5">
-      <c r="B207" s="51" t="s">
+    <row r="210" spans="1:3">
+      <c r="B210" s="51" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="208" spans="1:5">
-      <c r="B208" s="51" t="s">
+    <row r="211" spans="1:3">
+      <c r="B211" s="51" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="211" spans="1:3">
-[...1 lines deleted...]
-        <f>COUNTA(B213:B216)</f>
+    <row r="214" spans="1:3">
+      <c r="C214" s="43">
+        <f>COUNTA(B216:B219)</f>
         <v>4</v>
       </c>
     </row>
-    <row r="212" spans="1:3">
-      <c r="A212" s="40" t="s">
+    <row r="215" spans="1:3">
+      <c r="A215" s="40" t="s">
         <v>22</v>
       </c>
-      <c r="B212" s="45" t="s">
+      <c r="B215" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C212" s="45"/>
-[...23 lines deleted...]
-      </c>
+      <c r="C215" s="45"/>
     </row>
     <row r="216" spans="1:3">
       <c r="B216" t="s">
+        <v>448</v>
+      </c>
+      <c r="C216" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="B217" t="s">
+        <v>450</v>
+      </c>
+      <c r="C217" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="B218" t="s">
+        <v>452</v>
+      </c>
+      <c r="C218" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="B219" t="s">
         <v>454</v>
       </c>
-      <c r="C216" t="s">
+      <c r="C219" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="218" spans="1:3">
-[...1 lines deleted...]
-        <f>COUNTA(B220:B223)</f>
+    <row r="221" spans="1:3">
+      <c r="C221" s="43">
+        <f>COUNTA(B223:B226)</f>
         <v>3</v>
       </c>
     </row>
-    <row r="219" spans="1:3">
-      <c r="A219" s="40" t="s">
+    <row r="222" spans="1:3">
+      <c r="A222" s="40" t="s">
         <v>455</v>
       </c>
-      <c r="B219" s="45" t="s">
+      <c r="B222" s="45" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="220" spans="1:3">
-[...16 lines deleted...]
-        <f>COUNTA(B228:B243)</f>
+    <row r="223" spans="1:3">
+      <c r="B223" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="B224" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="B225" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="C229" s="43">
+        <f>COUNTA(B231:B246)</f>
         <v>11</v>
       </c>
     </row>
-    <row r="227" spans="1:3">
-      <c r="A227" s="40" t="s">
+    <row r="230" spans="1:3">
+      <c r="A230" s="40" t="s">
         <v>52</v>
       </c>
-      <c r="B227" s="45" t="s">
+      <c r="B230" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C227" s="45"/>
-[...14 lines deleted...]
-      </c>
+      <c r="C230" s="45"/>
     </row>
     <row r="231" spans="1:3">
       <c r="B231" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="B232" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="B233" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="B234" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="B235" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="234" spans="1:3">
-[...1 lines deleted...]
-        <f>COUNTA(B236:B237)</f>
+    <row r="237" spans="1:3">
+      <c r="C237" s="43">
+        <f>COUNTA(B239:B240)</f>
         <v>2</v>
       </c>
     </row>
-    <row r="235" spans="1:3">
-[...3 lines deleted...]
-      <c r="B235" s="45" t="s">
+    <row r="238" spans="1:3">
+      <c r="A238" s="73" t="s">
+        <v>501</v>
+      </c>
+      <c r="B238" s="45" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="236" spans="1:3">
-[...11 lines deleted...]
-    </row>
     <row r="239" spans="1:3">
-      <c r="C239" s="43">
-        <f>COUNTA(B241:B243)</f>
+      <c r="B239" s="72" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="B240" s="72" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5">
+      <c r="B241" s="72"/>
+    </row>
+    <row r="242" spans="1:5">
+      <c r="C242" s="43">
+        <f>COUNTA(B244:B246)</f>
         <v>2</v>
       </c>
     </row>
-    <row r="240" spans="1:3" ht="31">
-      <c r="A240" s="74" t="s">
+    <row r="243" spans="1:5" ht="31">
+      <c r="A243" s="74" t="s">
         <v>36</v>
       </c>
-      <c r="B240" s="45" t="s">
+      <c r="B243" s="45" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="241" spans="1:5">
-[...11 lines deleted...]
-    </row>
     <row r="244" spans="1:5">
-      <c r="C244" s="43">
-[...1 lines deleted...]
-        <v>50</v>
+      <c r="B244" s="72" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="245" spans="1:5">
-      <c r="A245" s="40" t="s">
+      <c r="B245" s="72" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5">
+      <c r="B246" s="72"/>
+    </row>
+    <row r="247" spans="1:5">
+      <c r="C247" s="43">
+        <f>COUNTA(B249:B348)</f>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5">
+      <c r="A248" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="B245" s="45" t="s">
+      <c r="B248" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C245" s="45" t="s">
+      <c r="C248" s="45" t="s">
         <v>95</v>
       </c>
-      <c r="D245" s="45" t="s">
+      <c r="D248" s="45" t="s">
         <v>96</v>
       </c>
-      <c r="E245" s="45" t="s">
-[...33 lines deleted...]
-        <v>463</v>
+      <c r="E248" s="45" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="B249" t="s">
-        <v>464</v>
-[...5 lines deleted...]
-        <v>464</v>
+        <v>538</v>
+      </c>
+      <c r="C249" s="65" t="str">
+        <f>B249</f>
+        <v>4flexi Kft.</v>
+      </c>
+      <c r="D249" s="81" t="str">
+        <f>C249</f>
+        <v>4flexi Kft.</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="B250" t="s">
-        <v>465</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>539</v>
+      </c>
+      <c r="C250" s="65" t="str">
+        <f t="shared" ref="C250:D250" si="3">B250</f>
+        <v>8G Energy Solutions Zrt.</v>
+      </c>
+      <c r="D250" s="81" t="str">
+        <f t="shared" si="3"/>
+        <v>8G Energy Solutions Zrt.</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="B251" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-        <v>520</v>
+        <v>540</v>
+      </c>
+      <c r="C251" s="65" t="str">
+        <f t="shared" ref="C251:D253" si="4">B251</f>
+        <v>A1 Solar Kft.</v>
+      </c>
+      <c r="D251" s="81" t="str">
+        <f t="shared" si="4"/>
+        <v>A1 Solar Kft.</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="B252" t="s">
-        <v>469</v>
-[...5 lines deleted...]
-        <v>469</v>
+        <v>461</v>
+      </c>
+      <c r="C252" s="68" t="s">
+        <v>107</v>
+      </c>
+      <c r="D252" s="80" t="s">
+        <v>108</v>
       </c>
     </row>
     <row r="253" spans="1:5">
-      <c r="B253" s="84" t="s">
-[...6 lines deleted...]
-        <v>536</v>
+      <c r="B253" t="s">
+        <v>541</v>
+      </c>
+      <c r="C253" s="65" t="str">
+        <f t="shared" si="4"/>
+        <v>ASEMA Zrt.</v>
+      </c>
+      <c r="D253" s="81" t="str">
+        <f t="shared" si="4"/>
+        <v>ASEMA Zrt.</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="B254" t="s">
-        <v>470</v>
-[...5 lines deleted...]
-        <v>470</v>
+        <v>542</v>
+      </c>
+      <c r="C254" s="68" t="s">
+        <v>593</v>
+      </c>
+      <c r="D254" s="68" t="s">
+        <v>123</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="B255" t="s">
-        <v>165</v>
-[...5 lines deleted...]
-        <v>167</v>
+        <v>543</v>
+      </c>
+      <c r="C255" s="65" t="str">
+        <f t="shared" ref="C255:D255" si="5">B255</f>
+        <v>AXPO ENERGY ROMANIA S.A.</v>
+      </c>
+      <c r="D255" s="81" t="str">
+        <f t="shared" si="5"/>
+        <v>AXPO ENERGY ROMANIA S.A.</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="B256" t="s">
-        <v>472</v>
-[...5 lines deleted...]
-        <v>530</v>
+        <v>544</v>
+      </c>
+      <c r="C256" s="65" t="str">
+        <f t="shared" ref="C256:D256" si="6">B256</f>
+        <v>Barefoot Kft.</v>
+      </c>
+      <c r="D256" s="81" t="str">
+        <f t="shared" si="6"/>
+        <v>Barefoot Kft.</v>
       </c>
     </row>
     <row r="257" spans="2:4">
       <c r="B257" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>373</v>
+        <v>545</v>
+      </c>
+      <c r="C257" s="65" t="str">
+        <f t="shared" ref="C257:D257" si="7">B257</f>
+        <v>Bay Zoltán Kutatóközpont közhasznú NKft.</v>
+      </c>
+      <c r="D257" s="81" t="str">
+        <f t="shared" si="7"/>
+        <v>Bay Zoltán Kutatóközpont közhasznú NKft.</v>
       </c>
     </row>
     <row r="258" spans="2:4">
       <c r="B258" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="C258" s="65" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="D258" s="81" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
     </row>
     <row r="259" spans="2:4">
       <c r="B259" t="s">
-        <v>537</v>
-[...5 lines deleted...]
-        <v>538</v>
+        <v>546</v>
+      </c>
+      <c r="C259" s="65" t="str">
+        <f t="shared" ref="C259:D259" si="8">B259</f>
+        <v>Centrica Business Solutions Zrt.</v>
+      </c>
+      <c r="D259" s="81" t="str">
+        <f t="shared" si="8"/>
+        <v>Centrica Business Solutions Zrt.</v>
       </c>
     </row>
     <row r="260" spans="2:4">
       <c r="B260" t="s">
-        <v>475</v>
+        <v>547</v>
       </c>
       <c r="C260" s="68" t="s">
-        <v>208</v>
+        <v>594</v>
       </c>
       <c r="D260" s="80" t="s">
-        <v>209</v>
+        <v>595</v>
       </c>
     </row>
     <row r="261" spans="2:4">
       <c r="B261" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
       <c r="C261" s="65" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
       <c r="D261" s="81" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
     </row>
     <row r="262" spans="2:4">
       <c r="B262" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>477</v>
+        <v>548</v>
+      </c>
+      <c r="C262" s="65" t="str">
+        <f t="shared" ref="C262:D262" si="9">B262</f>
+        <v>CHP Energia Befektetési és Vagyonkezelő Zrt.</v>
+      </c>
+      <c r="D262" s="81" t="str">
+        <f t="shared" si="9"/>
+        <v>CHP Energia Befektetési és Vagyonkezelő Zrt.</v>
       </c>
     </row>
     <row r="263" spans="2:4">
       <c r="B263" t="s">
-        <v>478</v>
+        <v>464</v>
       </c>
       <c r="C263" s="68" t="s">
-        <v>187</v>
+        <v>465</v>
       </c>
       <c r="D263" s="80" t="s">
-        <v>188</v>
+        <v>466</v>
       </c>
     </row>
     <row r="264" spans="2:4">
       <c r="B264" t="s">
-        <v>479</v>
-[...5 lines deleted...]
-        <v>481</v>
+        <v>549</v>
+      </c>
+      <c r="C264" s="65" t="str">
+        <f t="shared" ref="C264:D264" si="10">B264</f>
+        <v>CleanTech Energy Solutions Kft.</v>
+      </c>
+      <c r="D264" s="81" t="str">
+        <f t="shared" si="10"/>
+        <v>CleanTech Energy Solutions Kft.</v>
       </c>
     </row>
     <row r="265" spans="2:4">
       <c r="B265" t="s">
-        <v>482</v>
-[...5 lines deleted...]
-        <v>482</v>
+        <v>550</v>
+      </c>
+      <c r="C265" s="65" t="str">
+        <f t="shared" ref="C265:D265" si="11">B265</f>
+        <v>CYEB Power Kft.</v>
+      </c>
+      <c r="D265" s="81" t="str">
+        <f t="shared" si="11"/>
+        <v>CYEB Power Kft.</v>
       </c>
     </row>
     <row r="266" spans="2:4">
       <c r="B266" t="s">
-        <v>225</v>
+        <v>556</v>
       </c>
       <c r="C266" s="68" t="s">
-        <v>226</v>
+        <v>513</v>
       </c>
       <c r="D266" s="80" t="s">
-        <v>227</v>
+        <v>512</v>
       </c>
     </row>
     <row r="267" spans="2:4">
       <c r="B267" t="s">
-        <v>228</v>
-[...5 lines deleted...]
-        <v>230</v>
+        <v>467</v>
+      </c>
+      <c r="C267" s="65" t="s">
+        <v>467</v>
+      </c>
+      <c r="D267" s="81" t="s">
+        <v>467</v>
       </c>
     </row>
     <row r="268" spans="2:4">
       <c r="B268" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-        <v>245</v>
+        <v>551</v>
+      </c>
+      <c r="C268" s="87" t="s">
+        <v>526</v>
+      </c>
+      <c r="D268" s="68" t="s">
+        <v>527</v>
       </c>
     </row>
     <row r="269" spans="2:4">
       <c r="B269" t="s">
-        <v>483</v>
-[...5 lines deleted...]
-        <v>483</v>
+        <v>552</v>
+      </c>
+      <c r="C269" s="65" t="str">
+        <f t="shared" ref="C269:D269" si="12">B269</f>
+        <v>"DÉLÉP Ipari Park" Kft.</v>
+      </c>
+      <c r="D269" s="81" t="str">
+        <f t="shared" si="12"/>
+        <v>"DÉLÉP Ipari Park" Kft.</v>
       </c>
     </row>
     <row r="270" spans="2:4">
       <c r="B270" t="s">
-        <v>484</v>
-[...5 lines deleted...]
-        <v>484</v>
+        <v>553</v>
+      </c>
+      <c r="C270" s="65" t="str">
+        <f t="shared" ref="C270:D270" si="13">B270</f>
+        <v>Dél-Nyugat Kft.</v>
+      </c>
+      <c r="D270" s="81" t="str">
+        <f t="shared" si="13"/>
+        <v>Dél-Nyugat Kft.</v>
       </c>
     </row>
     <row r="271" spans="2:4">
       <c r="B271" t="s">
-        <v>485</v>
-[...5 lines deleted...]
-        <v>523</v>
+        <v>468</v>
+      </c>
+      <c r="C271" s="65" t="s">
+        <v>468</v>
+      </c>
+      <c r="D271" s="81" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="272" spans="2:4">
       <c r="B272" t="s">
-        <v>264</v>
-[...5 lines deleted...]
-        <v>264</v>
+        <v>165</v>
+      </c>
+      <c r="C272" s="68" t="s">
+        <v>469</v>
+      </c>
+      <c r="D272" s="80" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="273" spans="2:4">
-      <c r="B273" s="46" t="s">
-        <v>527</v>
+      <c r="B273" t="s">
+        <v>470</v>
       </c>
       <c r="C273" s="68" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>523</v>
+      </c>
+      <c r="D273" s="68" t="s">
+        <v>522</v>
       </c>
     </row>
     <row r="274" spans="2:4">
       <c r="B274" t="s">
-        <v>486</v>
-[...5 lines deleted...]
-        <v>486</v>
+        <v>371</v>
+      </c>
+      <c r="C274" s="68" t="s">
+        <v>471</v>
+      </c>
+      <c r="D274" s="80" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="275" spans="2:4">
       <c r="B275" t="s">
-        <v>487</v>
-[...5 lines deleted...]
-        <v>487</v>
+        <v>554</v>
+      </c>
+      <c r="C275" s="65" t="str">
+        <f t="shared" ref="C275:D275" si="14">B275</f>
+        <v>Egrid Kft</v>
+      </c>
+      <c r="D275" s="81" t="str">
+        <f t="shared" si="14"/>
+        <v>Egrid Kft</v>
       </c>
     </row>
     <row r="276" spans="2:4">
       <c r="B276" t="s">
-        <v>488</v>
-[...5 lines deleted...]
-        <v>488</v>
+        <v>528</v>
+      </c>
+      <c r="C276" s="68" t="s">
+        <v>530</v>
+      </c>
+      <c r="D276" s="80" t="s">
+        <v>529</v>
       </c>
     </row>
     <row r="277" spans="2:4">
       <c r="B277" t="s">
-        <v>288</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>592</v>
+      </c>
+      <c r="C277" s="65" t="str">
+        <f t="shared" ref="C277:D277" si="15">B277</f>
+        <v>EMvia Energiakereskedelmi Zrt</v>
+      </c>
+      <c r="D277" s="81" t="str">
+        <f t="shared" si="15"/>
+        <v>EMvia Energiakereskedelmi Zrt</v>
       </c>
     </row>
     <row r="278" spans="2:4">
       <c r="B278" t="s">
-        <v>489</v>
-[...5 lines deleted...]
-        <v>489</v>
+        <v>472</v>
+      </c>
+      <c r="C278" s="68" t="s">
+        <v>208</v>
+      </c>
+      <c r="D278" s="80" t="s">
+        <v>209</v>
       </c>
     </row>
     <row r="279" spans="2:4">
       <c r="B279" t="s">
-        <v>490</v>
-[...16 lines deleted...]
-        <v>542</v>
+        <v>555</v>
+      </c>
+      <c r="C279" s="68" t="s">
+        <v>596</v>
+      </c>
+      <c r="D279" s="80" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="280" spans="2:4">
+      <c r="B280" t="s">
+        <v>473</v>
+      </c>
+      <c r="C280" s="65" t="s">
+        <v>473</v>
+      </c>
+      <c r="D280" s="81" t="s">
+        <v>473</v>
       </c>
     </row>
     <row r="281" spans="2:4">
       <c r="B281" t="s">
-        <v>491</v>
+        <v>474</v>
       </c>
       <c r="C281" s="65" t="s">
-        <v>491</v>
+        <v>474</v>
       </c>
       <c r="D281" s="81" t="s">
-        <v>491</v>
+        <v>474</v>
       </c>
     </row>
     <row r="282" spans="2:4">
       <c r="B282" t="s">
-        <v>492</v>
-[...5 lines deleted...]
-        <v>492</v>
+        <v>475</v>
+      </c>
+      <c r="C282" s="68" t="s">
+        <v>187</v>
+      </c>
+      <c r="D282" s="80" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="283" spans="2:4">
       <c r="B283" t="s">
-        <v>493</v>
-[...5 lines deleted...]
-        <v>493</v>
+        <v>476</v>
+      </c>
+      <c r="C283" s="68" t="s">
+        <v>477</v>
+      </c>
+      <c r="D283" s="80" t="s">
+        <v>478</v>
       </c>
     </row>
     <row r="284" spans="2:4">
       <c r="B284" t="s">
-        <v>494</v>
-[...5 lines deleted...]
-        <v>496</v>
+        <v>557</v>
+      </c>
+      <c r="C284" s="65" t="str">
+        <f t="shared" ref="C284:D284" si="16">B284</f>
+        <v>Enity Zrt.</v>
+      </c>
+      <c r="D284" s="81" t="str">
+        <f t="shared" si="16"/>
+        <v>Enity Zrt.</v>
       </c>
     </row>
     <row r="285" spans="2:4">
       <c r="B285" t="s">
-        <v>497</v>
-[...5 lines deleted...]
-        <v>497</v>
+        <v>473</v>
+      </c>
+      <c r="C285" s="65" t="str">
+        <f t="shared" ref="C285:D285" si="17">B285</f>
+        <v>Enteror Média Kft.</v>
+      </c>
+      <c r="D285" s="81" t="str">
+        <f t="shared" si="17"/>
+        <v>Enteror Média Kft.</v>
       </c>
     </row>
     <row r="286" spans="2:4">
       <c r="B286" t="s">
-        <v>498</v>
+        <v>479</v>
       </c>
       <c r="C286" s="65" t="s">
-        <v>498</v>
+        <v>479</v>
       </c>
       <c r="D286" s="81" t="s">
-        <v>498</v>
+        <v>479</v>
       </c>
     </row>
     <row r="287" spans="2:4">
       <c r="B287" t="s">
-        <v>499</v>
-[...5 lines deleted...]
-        <v>501</v>
+        <v>558</v>
+      </c>
+      <c r="C287" s="65" t="str">
+        <f t="shared" ref="C287:D287" si="18">B287</f>
+        <v>EvoEnergy Kft.</v>
+      </c>
+      <c r="D287" s="81" t="str">
+        <f t="shared" si="18"/>
+        <v>EvoEnergy Kft.</v>
       </c>
     </row>
     <row r="288" spans="2:4">
       <c r="B288" t="s">
-        <v>502</v>
-[...5 lines deleted...]
-        <v>502</v>
+        <v>560</v>
+      </c>
+      <c r="C288" s="65" t="str">
+        <f t="shared" ref="C288:D288" si="19">B288</f>
+        <v>Electron Flexibility Kft.</v>
+      </c>
+      <c r="D288" s="81" t="str">
+        <f t="shared" si="19"/>
+        <v>Electron Flexibility Kft.</v>
       </c>
     </row>
     <row r="289" spans="2:4">
       <c r="B289" t="s">
-        <v>503</v>
-[...5 lines deleted...]
-        <v>503</v>
+        <v>561</v>
+      </c>
+      <c r="C289" s="65" t="str">
+        <f t="shared" ref="C289:D289" si="20">B289</f>
+        <v>eVersion Energy Kft.</v>
+      </c>
+      <c r="D289" s="81" t="str">
+        <f t="shared" si="20"/>
+        <v>eVersion Energy Kft.</v>
       </c>
     </row>
     <row r="290" spans="2:4">
       <c r="B290" t="s">
-        <v>315</v>
-[...5 lines deleted...]
-        <v>317</v>
+        <v>559</v>
+      </c>
+      <c r="C290" s="68" t="s">
+        <v>226</v>
+      </c>
+      <c r="D290" s="80" t="s">
+        <v>227</v>
       </c>
     </row>
     <row r="291" spans="2:4">
       <c r="B291" t="s">
-        <v>504</v>
-[...5 lines deleted...]
-        <v>504</v>
+        <v>228</v>
+      </c>
+      <c r="C291" s="68" t="s">
+        <v>229</v>
+      </c>
+      <c r="D291" s="80" t="s">
+        <v>230</v>
       </c>
     </row>
     <row r="292" spans="2:4">
       <c r="B292" t="s">
-        <v>505</v>
-[...5 lines deleted...]
-        <v>505</v>
+        <v>562</v>
+      </c>
+      <c r="C292" s="65" t="str">
+        <f t="shared" ref="C292:D292" si="21">B292</f>
+        <v>Feketeréti Napelempark Kft.</v>
+      </c>
+      <c r="D292" s="81" t="str">
+        <f t="shared" si="21"/>
+        <v>Feketeréti Napelempark Kft.</v>
       </c>
     </row>
     <row r="293" spans="2:4">
       <c r="B293" t="s">
-        <v>506</v>
-[...5 lines deleted...]
-        <v>533</v>
+        <v>563</v>
+      </c>
+      <c r="C293" s="65" t="str">
+        <f t="shared" ref="C293:D293" si="22">B293</f>
+        <v>Flexenergo Korlátolt Felelősségű Társaság</v>
+      </c>
+      <c r="D293" s="81" t="str">
+        <f t="shared" si="22"/>
+        <v>Flexenergo Korlátolt Felelősségű Társaság</v>
       </c>
     </row>
     <row r="294" spans="2:4">
       <c r="B294" t="s">
-        <v>336</v>
-[...5 lines deleted...]
-        <v>338</v>
+        <v>564</v>
+      </c>
+      <c r="C294" s="65" t="str">
+        <f t="shared" ref="C294:D294" si="23">B294</f>
+        <v>FREUND SERVICES Kft.</v>
+      </c>
+      <c r="D294" s="81" t="str">
+        <f t="shared" si="23"/>
+        <v>FREUND SERVICES Kft.</v>
       </c>
     </row>
     <row r="295" spans="2:4">
       <c r="B295" t="s">
-        <v>507</v>
-[...5 lines deleted...]
-        <v>507</v>
+        <v>243</v>
+      </c>
+      <c r="C295" s="68" t="s">
+        <v>244</v>
+      </c>
+      <c r="D295" s="80" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="296" spans="2:4">
+      <c r="B296" t="s">
+        <v>565</v>
+      </c>
+      <c r="C296" s="65" t="str">
+        <f t="shared" ref="C296:D296" si="24">B296</f>
+        <v>Green Island Invest Zrt.</v>
+      </c>
+      <c r="D296" s="81" t="str">
+        <f t="shared" si="24"/>
+        <v>Green Island Invest Zrt.</v>
+      </c>
+    </row>
+    <row r="297" spans="2:4">
+      <c r="B297" t="s">
+        <v>566</v>
+      </c>
+      <c r="C297" s="65" t="str">
+        <f t="shared" ref="C297:D303" si="25">B297</f>
+        <v>HUMDA Magyar Mobilitás-fejlesztési Ügynökség Zrt.</v>
+      </c>
+      <c r="D297" s="81" t="str">
+        <f t="shared" si="25"/>
+        <v>HUMDA Magyar Mobilitás-fejlesztési Ügynökség Zrt.</v>
+      </c>
+    </row>
+    <row r="298" spans="2:4">
+      <c r="B298" t="s">
+        <v>480</v>
+      </c>
+      <c r="C298" s="65" t="s">
+        <v>480</v>
+      </c>
+      <c r="D298" s="81" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="299" spans="2:4">
+      <c r="B299" t="s">
+        <v>567</v>
+      </c>
+      <c r="C299" s="65" t="str">
+        <f t="shared" si="25"/>
+        <v>Innovart Energia Kft.</v>
+      </c>
+      <c r="D299" s="81" t="str">
+        <f t="shared" si="25"/>
+        <v>Innovart Energia Kft.</v>
+      </c>
+    </row>
+    <row r="300" spans="2:4">
+      <c r="B300" t="s">
+        <v>481</v>
+      </c>
+      <c r="C300" s="65" t="s">
+        <v>481</v>
+      </c>
+      <c r="D300" s="81" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="301" spans="2:4">
+      <c r="B301" t="s">
+        <v>401</v>
+      </c>
+      <c r="C301" s="65" t="str">
+        <f t="shared" si="25"/>
+        <v>KER Toki Hungary Kft.</v>
+      </c>
+      <c r="D301" s="81" t="str">
+        <f t="shared" si="25"/>
+        <v>KER Toki Hungary Kft.</v>
+      </c>
+    </row>
+    <row r="302" spans="2:4">
+      <c r="B302" t="s">
+        <v>482</v>
+      </c>
+      <c r="C302" s="68" t="s">
+        <v>514</v>
+      </c>
+      <c r="D302" s="80" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="303" spans="2:4">
+      <c r="B303" t="s">
+        <v>579</v>
+      </c>
+      <c r="C303" s="65" t="str">
+        <f t="shared" si="25"/>
+        <v>Photon Energy Trading CEE (volt LERTA Energy HU Kft.)</v>
+      </c>
+      <c r="D303" s="81" t="str">
+        <f t="shared" si="25"/>
+        <v>Photon Energy Trading CEE (volt LERTA Energy HU Kft.)</v>
+      </c>
+    </row>
+    <row r="304" spans="2:4" ht="16">
+      <c r="B304" s="85" t="s">
+        <v>261</v>
+      </c>
+      <c r="C304" s="68" t="s">
+        <v>262</v>
+      </c>
+      <c r="D304" s="68" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="305" spans="2:4" ht="16">
+      <c r="B305" s="85" t="s">
+        <v>568</v>
+      </c>
+      <c r="C305" s="65" t="str">
+        <f t="shared" ref="C305:D305" si="26">B305</f>
+        <v>Lumen Trade Kft.</v>
+      </c>
+      <c r="D305" s="81" t="str">
+        <f t="shared" si="26"/>
+        <v>Lumen Trade Kft.</v>
+      </c>
+    </row>
+    <row r="306" spans="2:4" ht="16">
+      <c r="B306" s="85" t="s">
+        <v>569</v>
+      </c>
+      <c r="C306" s="65" t="str">
+        <f t="shared" ref="C306:D306" si="27">B306</f>
+        <v>Magyar Erőművek Kft.</v>
+      </c>
+      <c r="D306" s="81" t="str">
+        <f t="shared" si="27"/>
+        <v>Magyar Erőművek Kft.</v>
+      </c>
+    </row>
+    <row r="307" spans="2:4" ht="16">
+      <c r="B307" s="85" t="s">
+        <v>570</v>
+      </c>
+      <c r="C307" s="65" t="str">
+        <f t="shared" ref="C307:D307" si="28">B307</f>
+        <v>Marvin Energy Kft.</v>
+      </c>
+      <c r="D307" s="81" t="str">
+        <f t="shared" si="28"/>
+        <v>Marvin Energy Kft.</v>
+      </c>
+    </row>
+    <row r="308" spans="2:4" ht="16">
+      <c r="B308" s="85" t="s">
+        <v>571</v>
+      </c>
+      <c r="C308" s="65" t="str">
+        <f t="shared" ref="C308:D308" si="29">B308</f>
+        <v>MECSEK Energy Trade Kft.</v>
+      </c>
+      <c r="D308" s="81" t="str">
+        <f t="shared" si="29"/>
+        <v>MECSEK Energy Trade Kft.</v>
+      </c>
+    </row>
+    <row r="309" spans="2:4">
+      <c r="B309" s="46" t="s">
+        <v>519</v>
+      </c>
+      <c r="C309" s="68" t="s">
+        <v>521</v>
+      </c>
+      <c r="D309" s="80" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="310" spans="2:4">
+      <c r="B310" s="46" t="s">
+        <v>572</v>
+      </c>
+      <c r="C310" s="65" t="str">
+        <f t="shared" ref="C310:D310" si="30">B310</f>
+        <v>MET Austria Energy Trade GmbH</v>
+      </c>
+      <c r="D310" s="81" t="str">
+        <f t="shared" si="30"/>
+        <v>MET Austria Energy Trade GmbH</v>
+      </c>
+    </row>
+    <row r="311" spans="2:4">
+      <c r="B311" s="46" t="s">
+        <v>573</v>
+      </c>
+      <c r="C311" s="65" t="str">
+        <f t="shared" ref="C311:D311" si="31">B311</f>
+        <v>Milleyson Holdings Kereskedelmi Kft.</v>
+      </c>
+      <c r="D311" s="81" t="str">
+        <f t="shared" si="31"/>
+        <v>Milleyson Holdings Kereskedelmi Kft.</v>
+      </c>
+    </row>
+    <row r="312" spans="2:4">
+      <c r="B312" t="s">
+        <v>483</v>
+      </c>
+      <c r="C312" s="65" t="s">
+        <v>483</v>
+      </c>
+      <c r="D312" s="81" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="313" spans="2:4">
+      <c r="B313" t="s">
+        <v>484</v>
+      </c>
+      <c r="C313" s="65" t="s">
+        <v>484</v>
+      </c>
+      <c r="D313" s="81" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="314" spans="2:4">
+      <c r="B314" t="s">
+        <v>485</v>
+      </c>
+      <c r="C314" s="65" t="s">
+        <v>485</v>
+      </c>
+      <c r="D314" s="81" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="315" spans="2:4">
+      <c r="B315" t="s">
+        <v>288</v>
+      </c>
+      <c r="C315" s="68" t="s">
+        <v>289</v>
+      </c>
+      <c r="D315" s="80" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="316" spans="2:4">
+      <c r="B316" t="s">
+        <v>574</v>
+      </c>
+      <c r="C316" s="65" t="str">
+        <f t="shared" ref="C316:D324" si="32">B316</f>
+        <v>Netergon Kft.</v>
+      </c>
+      <c r="D316" s="81" t="str">
+        <f t="shared" si="32"/>
+        <v>Netergon Kft.</v>
+      </c>
+    </row>
+    <row r="317" spans="2:4">
+      <c r="B317" t="s">
+        <v>486</v>
+      </c>
+      <c r="C317" s="65" t="s">
+        <v>486</v>
+      </c>
+      <c r="D317" s="81" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="318" spans="2:4">
+      <c r="B318" t="s">
+        <v>575</v>
+      </c>
+      <c r="C318" s="65" t="str">
+        <f t="shared" si="32"/>
+        <v>Novum Commodities Kft.</v>
+      </c>
+      <c r="D318" s="81" t="str">
+        <f t="shared" si="32"/>
+        <v>Novum Commodities Kft.</v>
+      </c>
+    </row>
+    <row r="319" spans="2:4" ht="16">
+      <c r="B319" s="85" t="s">
+        <v>531</v>
+      </c>
+      <c r="C319" s="69" t="s">
+        <v>532</v>
+      </c>
+      <c r="D319" s="82" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="320" spans="2:4" ht="16">
+      <c r="B320" s="85" t="s">
+        <v>576</v>
+      </c>
+      <c r="C320" s="65" t="str">
+        <f t="shared" si="32"/>
+        <v>OMNI Energy Kft.</v>
+      </c>
+      <c r="D320" s="81" t="str">
+        <f t="shared" si="32"/>
+        <v>OMNI Energy Kft.</v>
+      </c>
+    </row>
+    <row r="321" spans="2:4">
+      <c r="B321" t="s">
+        <v>487</v>
+      </c>
+      <c r="C321" s="65" t="s">
+        <v>487</v>
+      </c>
+      <c r="D321" s="81" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="322" spans="2:4">
+      <c r="B322" t="s">
+        <v>577</v>
+      </c>
+      <c r="C322" s="65" t="str">
+        <f t="shared" si="32"/>
+        <v>Optimális Energia Kft.</v>
+      </c>
+      <c r="D322" s="81" t="str">
+        <f t="shared" si="32"/>
+        <v>Optimális Energia Kft.</v>
+      </c>
+    </row>
+    <row r="323" spans="2:4">
+      <c r="B323" t="s">
+        <v>488</v>
+      </c>
+      <c r="C323" s="65" t="s">
+        <v>488</v>
+      </c>
+      <c r="D323" s="81" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="324" spans="2:4">
+      <c r="B324" t="s">
+        <v>578</v>
+      </c>
+      <c r="C324" s="65" t="str">
+        <f t="shared" si="32"/>
+        <v>Pannon Energiaközösség Nonprofit Kft.</v>
+      </c>
+      <c r="D324" s="81" t="str">
+        <f t="shared" si="32"/>
+        <v>Pannon Energiaközösség Nonprofit Kft.</v>
+      </c>
+    </row>
+    <row r="325" spans="2:4">
+      <c r="B325" t="s">
+        <v>489</v>
+      </c>
+      <c r="C325" s="69" t="s">
+        <v>490</v>
+      </c>
+      <c r="D325" s="82" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="326" spans="2:4">
+      <c r="B326" t="s">
+        <v>492</v>
+      </c>
+      <c r="C326" s="65" t="s">
+        <v>492</v>
+      </c>
+      <c r="D326" s="81" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="327" spans="2:4">
+      <c r="B327" t="s">
+        <v>303</v>
+      </c>
+      <c r="C327" s="65" t="str">
+        <f t="shared" ref="C327:D329" si="33">B327</f>
+        <v>Powex Kereskedelmi és Szolgáltató Kft.</v>
+      </c>
+      <c r="D327" s="81" t="str">
+        <f t="shared" si="33"/>
+        <v>Powex Kereskedelmi és Szolgáltató Kft.</v>
+      </c>
+    </row>
+    <row r="328" spans="2:4">
+      <c r="B328" t="s">
+        <v>493</v>
+      </c>
+      <c r="C328" s="65" t="s">
+        <v>493</v>
+      </c>
+      <c r="D328" s="81" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="329" spans="2:4">
+      <c r="B329" t="s">
+        <v>580</v>
+      </c>
+      <c r="C329" s="65" t="str">
+        <f t="shared" si="33"/>
+        <v>Rajnai P &amp; P Kft.</v>
+      </c>
+      <c r="D329" s="81" t="str">
+        <f t="shared" si="33"/>
+        <v>Rajnai P &amp; P Kft.</v>
+      </c>
+    </row>
+    <row r="330" spans="2:4">
+      <c r="B330" t="s">
+        <v>494</v>
+      </c>
+      <c r="C330" s="65" t="s">
+        <v>494</v>
+      </c>
+      <c r="D330" s="81" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="331" spans="2:4">
+      <c r="B331" t="s">
+        <v>495</v>
+      </c>
+      <c r="C331" s="65" t="s">
+        <v>495</v>
+      </c>
+      <c r="D331" s="81" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="332" spans="2:4">
+      <c r="B332" t="s">
+        <v>581</v>
+      </c>
+      <c r="C332" s="65" t="str">
+        <f t="shared" ref="C332:D332" si="34">B332</f>
+        <v>SERR Energy Kft.</v>
+      </c>
+      <c r="D332" s="81" t="str">
+        <f t="shared" si="34"/>
+        <v>SERR Energy Kft.</v>
+      </c>
+    </row>
+    <row r="333" spans="2:4">
+      <c r="B333" t="s">
+        <v>582</v>
+      </c>
+      <c r="C333" s="65" t="str">
+        <f t="shared" ref="C333:D333" si="35">B333</f>
+        <v>Smart Solar Balancing Kft.</v>
+      </c>
+      <c r="D333" s="81" t="str">
+        <f t="shared" si="35"/>
+        <v>Smart Solar Balancing Kft.</v>
+      </c>
+    </row>
+    <row r="334" spans="2:4">
+      <c r="B334" t="s">
+        <v>583</v>
+      </c>
+      <c r="C334" s="65" t="str">
+        <f t="shared" ref="C334:D334" si="36">B334</f>
+        <v>Smart Solar Energy Trade Kfr.</v>
+      </c>
+      <c r="D334" s="81" t="str">
+        <f t="shared" si="36"/>
+        <v>Smart Solar Energy Trade Kfr.</v>
+      </c>
+    </row>
+    <row r="335" spans="2:4">
+      <c r="B335" t="s">
+        <v>584</v>
+      </c>
+      <c r="C335" s="65" t="str">
+        <f t="shared" ref="C335:D335" si="37">B335</f>
+        <v>Sygma Energy Kft.</v>
+      </c>
+      <c r="D335" s="81" t="str">
+        <f t="shared" si="37"/>
+        <v>Sygma Energy Kft.</v>
+      </c>
+    </row>
+    <row r="336" spans="2:4">
+      <c r="B336" t="s">
+        <v>315</v>
+      </c>
+      <c r="C336" s="69" t="s">
+        <v>316</v>
+      </c>
+      <c r="D336" s="82" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="337" spans="2:4">
+      <c r="B337" t="s">
+        <v>496</v>
+      </c>
+      <c r="C337" s="65" t="s">
+        <v>496</v>
+      </c>
+      <c r="D337" s="81" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="338" spans="2:4">
+      <c r="B338" t="s">
+        <v>497</v>
+      </c>
+      <c r="C338" s="65" t="s">
+        <v>497</v>
+      </c>
+      <c r="D338" s="81" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="339" spans="2:4">
+      <c r="B339" t="s">
+        <v>585</v>
+      </c>
+      <c r="C339" s="65" t="str">
+        <f t="shared" ref="C339:D339" si="38">B339</f>
+        <v>Voltrack AGGREGÁTOR Korlátolt Felelősségű Társaság</v>
+      </c>
+      <c r="D339" s="81" t="str">
+        <f t="shared" si="38"/>
+        <v>Voltrack AGGREGÁTOR Korlátolt Felelősségű Társaság</v>
+      </c>
+    </row>
+    <row r="340" spans="2:4">
+      <c r="B340" t="s">
+        <v>498</v>
+      </c>
+      <c r="C340" s="69" t="s">
+        <v>524</v>
+      </c>
+      <c r="D340" s="82" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="341" spans="2:4">
+      <c r="B341" t="s">
+        <v>336</v>
+      </c>
+      <c r="C341" s="69" t="s">
+        <v>337</v>
+      </c>
+      <c r="D341" s="82" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="342" spans="2:4">
+      <c r="B342" t="s">
+        <v>586</v>
+      </c>
+      <c r="C342" s="65" t="str">
+        <f t="shared" ref="C342:D342" si="39">B342</f>
+        <v>VWG Trade &amp; Services GmbH</v>
+      </c>
+      <c r="D342" s="81" t="str">
+        <f t="shared" si="39"/>
+        <v>VWG Trade &amp; Services GmbH</v>
+      </c>
+    </row>
+    <row r="343" spans="2:4">
+      <c r="B343" t="s">
+        <v>587</v>
+      </c>
+      <c r="C343" s="65" t="str">
+        <f t="shared" ref="C343:D343" si="40">B343</f>
+        <v>ZalaZONE Ipari Park Zrt.</v>
+      </c>
+      <c r="D343" s="81" t="str">
+        <f t="shared" si="40"/>
+        <v>ZalaZONE Ipari Park Zrt.</v>
+      </c>
+    </row>
+    <row r="344" spans="2:4">
+      <c r="B344" t="s">
+        <v>588</v>
+      </c>
+      <c r="C344" s="65" t="str">
+        <f t="shared" ref="C344:D344" si="41">B344</f>
+        <v>sight-E Analytics Kft.</v>
+      </c>
+      <c r="D344" s="81" t="str">
+        <f t="shared" si="41"/>
+        <v>sight-E Analytics Kft.</v>
+      </c>
+    </row>
+    <row r="345" spans="2:4">
+      <c r="B345" t="s">
+        <v>589</v>
+      </c>
+      <c r="C345" s="65" t="str">
+        <f t="shared" ref="C345:D345" si="42">B345</f>
+        <v>Syneris Balancing Kft.</v>
+      </c>
+      <c r="D345" s="81" t="str">
+        <f t="shared" si="42"/>
+        <v>Syneris Balancing Kft.</v>
+      </c>
+    </row>
+    <row r="346" spans="2:4">
+      <c r="B346" t="s">
+        <v>590</v>
+      </c>
+      <c r="C346" s="65" t="str">
+        <f t="shared" ref="C346:D346" si="43">B346</f>
+        <v>SLR Trading Zrt.</v>
+      </c>
+      <c r="D346" s="81" t="str">
+        <f t="shared" si="43"/>
+        <v>SLR Trading Zrt.</v>
+      </c>
+    </row>
+    <row r="347" spans="2:4">
+      <c r="B347" t="s">
+        <v>591</v>
+      </c>
+      <c r="C347" s="65" t="str">
+        <f t="shared" ref="C347:D347" si="44">B347</f>
+        <v>Pusztaenergia MegÚjuló Energiaszövetkezet</v>
+      </c>
+      <c r="D347" s="81" t="str">
+        <f t="shared" si="44"/>
+        <v>Pusztaenergia MegÚjuló Energiaszövetkezet</v>
+      </c>
+    </row>
+    <row r="348" spans="2:4">
+      <c r="B348" t="s">
+        <v>499</v>
+      </c>
+      <c r="C348" s="65" t="s">
+        <v>499</v>
+      </c>
+      <c r="D348" s="81" t="s">
+        <v>499</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">