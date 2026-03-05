--- v1 (2026-01-18)
+++ v2 (2026-03-05)
@@ -2,263 +2,263 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Tamás\Desktop\Agg_Bizottság\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67C86697-8A11-4AE4-844F-3FF944D27103}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BD6194DA-912C-4B85-8599-B8A2C5B70D57}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Elosztó_Aggregátor" sheetId="4" r:id="rId1"/>
     <sheet name="Felhasználói_adatok" sheetId="1" r:id="rId2"/>
     <sheet name="Beállítás" sheetId="2" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="lElosztók">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$C$3 &amp; ":$B$" &amp; [1]Beállítás!$C$4)</definedName>
     <definedName name="lKereskedő">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$G$3 &amp; ":$B$" &amp; [1]Beállítás!$G$4)</definedName>
     <definedName name="lMérlegkör">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$F$3 &amp; ":$B$" &amp; [1]Beállítás!$F$4)</definedName>
     <definedName name="Státusz">INDIRECT("Beállítás!$B$" &amp; [1]Beállítás!$K$3 &amp; ":$B$" &amp; [1]Beállítás!$K$4)</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C277" i="2" l="1"/>
-  <c r="D277" i="2" s="1"/>
+  <c r="C278" i="2" l="1"/>
+  <c r="D278" i="2" s="1"/>
+  <c r="C348" i="2"/>
+  <c r="D348" i="2" s="1"/>
   <c r="C347" i="2"/>
   <c r="D347" i="2" s="1"/>
   <c r="C346" i="2"/>
   <c r="D346" i="2" s="1"/>
   <c r="C345" i="2"/>
   <c r="D345" i="2" s="1"/>
   <c r="C344" i="2"/>
   <c r="D344" i="2" s="1"/>
   <c r="C343" i="2"/>
   <c r="D343" i="2" s="1"/>
-  <c r="C342" i="2"/>
-[...2 lines deleted...]
-  <c r="D339" i="2" s="1"/>
+  <c r="C340" i="2"/>
+  <c r="D340" i="2" s="1"/>
+  <c r="C336" i="2"/>
+  <c r="D336" i="2" s="1"/>
   <c r="C335" i="2"/>
   <c r="D335" i="2" s="1"/>
   <c r="C334" i="2"/>
   <c r="D334" i="2" s="1"/>
   <c r="C333" i="2"/>
   <c r="D333" i="2" s="1"/>
-  <c r="C332" i="2"/>
-[...16 lines deleted...]
-  <c r="D316" i="2" s="1"/>
+  <c r="C330" i="2"/>
+  <c r="D330" i="2" s="1"/>
+  <c r="C328" i="2"/>
+  <c r="D328" i="2" s="1"/>
+  <c r="C304" i="2"/>
+  <c r="D304" i="2" s="1"/>
+  <c r="C325" i="2"/>
+  <c r="D325" i="2" s="1"/>
+  <c r="C323" i="2"/>
+  <c r="D323" i="2" s="1"/>
+  <c r="C321" i="2"/>
+  <c r="D321" i="2" s="1"/>
+  <c r="C319" i="2"/>
+  <c r="D319" i="2" s="1"/>
+  <c r="C317" i="2"/>
+  <c r="D317" i="2" s="1"/>
+  <c r="C312" i="2"/>
+  <c r="D312" i="2" s="1"/>
   <c r="C311" i="2"/>
   <c r="D311" i="2" s="1"/>
-  <c r="C310" i="2"/>
-  <c r="D310" i="2" s="1"/>
+  <c r="C309" i="2"/>
+  <c r="D309" i="2" s="1"/>
   <c r="C308" i="2"/>
   <c r="D308" i="2" s="1"/>
   <c r="C307" i="2"/>
   <c r="D307" i="2" s="1"/>
   <c r="C306" i="2"/>
   <c r="D306" i="2" s="1"/>
-  <c r="C305" i="2"/>
-[...4 lines deleted...]
-  <c r="D299" i="2" s="1"/>
+  <c r="C302" i="2"/>
+  <c r="D302" i="2" s="1"/>
+  <c r="C300" i="2"/>
+  <c r="D300" i="2" s="1"/>
+  <c r="C298" i="2"/>
+  <c r="D298" i="2" s="1"/>
   <c r="C297" i="2"/>
   <c r="D297" i="2" s="1"/>
-  <c r="C296" i="2"/>
-  <c r="D296" i="2" s="1"/>
+  <c r="C295" i="2"/>
+  <c r="D295" i="2" s="1"/>
   <c r="C294" i="2"/>
   <c r="D294" i="2" s="1"/>
   <c r="C293" i="2"/>
   <c r="D293" i="2" s="1"/>
-  <c r="C292" i="2"/>
-  <c r="D292" i="2" s="1"/>
+  <c r="C290" i="2"/>
+  <c r="D290" i="2" s="1"/>
   <c r="C289" i="2"/>
   <c r="D289" i="2" s="1"/>
   <c r="C288" i="2"/>
   <c r="D288" i="2" s="1"/>
-  <c r="C287" i="2"/>
-  <c r="D287" i="2" s="1"/>
+  <c r="C286" i="2"/>
+  <c r="D286" i="2" s="1"/>
   <c r="C285" i="2"/>
   <c r="D285" i="2" s="1"/>
-  <c r="C284" i="2"/>
-[...2 lines deleted...]
-  <c r="D275" i="2" s="1"/>
+  <c r="C276" i="2"/>
+  <c r="D276" i="2" s="1"/>
+  <c r="C271" i="2"/>
+  <c r="D271" i="2" s="1"/>
   <c r="C270" i="2"/>
   <c r="D270" i="2" s="1"/>
-  <c r="C269" i="2"/>
-  <c r="D269" i="2" s="1"/>
+  <c r="C266" i="2"/>
+  <c r="D266" i="2" s="1"/>
   <c r="C265" i="2"/>
   <c r="D265" i="2" s="1"/>
-  <c r="C264" i="2"/>
-[...6 lines deleted...]
-  <c r="D255" i="2" s="1"/>
+  <c r="C263" i="2"/>
+  <c r="D263" i="2" s="1"/>
+  <c r="C260" i="2"/>
+  <c r="D260" i="2" s="1"/>
   <c r="C256" i="2"/>
   <c r="D256" i="2" s="1"/>
   <c r="C257" i="2"/>
   <c r="D257" i="2" s="1"/>
-  <c r="C253" i="2"/>
-  <c r="D253" i="2" s="1"/>
+  <c r="C258" i="2"/>
+  <c r="D258" i="2" s="1"/>
+  <c r="C254" i="2"/>
+  <c r="D254" i="2" s="1"/>
+  <c r="C251" i="2"/>
+  <c r="D251" i="2" s="1"/>
+  <c r="C252" i="2"/>
+  <c r="D252" i="2" s="1"/>
   <c r="C250" i="2"/>
   <c r="D250" i="2" s="1"/>
-  <c r="C251" i="2"/>
-[...2 lines deleted...]
-  <c r="D249" i="2" s="1"/>
   <c r="Y9" i="1"/>
   <c r="Y10" i="1"/>
   <c r="Y11" i="1"/>
   <c r="Y12" i="1"/>
   <c r="Y13" i="1"/>
   <c r="Y14" i="1"/>
   <c r="Y15" i="1"/>
   <c r="Y16" i="1"/>
   <c r="Y17" i="1"/>
   <c r="Y18" i="1"/>
   <c r="Y19" i="1"/>
   <c r="Y20" i="1"/>
   <c r="Y21" i="1"/>
   <c r="Y22" i="1"/>
   <c r="Y23" i="1"/>
   <c r="Y24" i="1"/>
   <c r="Y25" i="1"/>
   <c r="Y26" i="1"/>
   <c r="Y27" i="1"/>
   <c r="Y28" i="1"/>
   <c r="Y29" i="1"/>
   <c r="Y30" i="1"/>
   <c r="Y31" i="1"/>
   <c r="Y32" i="1"/>
   <c r="Y33" i="1"/>
   <c r="Y34" i="1"/>
   <c r="Y35" i="1"/>
   <c r="Y36" i="1"/>
   <c r="Y37" i="1"/>
   <c r="Y38" i="1"/>
   <c r="Y39" i="1"/>
   <c r="Y40" i="1"/>
   <c r="Y41" i="1"/>
   <c r="Y42" i="1"/>
   <c r="Y43" i="1"/>
   <c r="Y44" i="1"/>
   <c r="Y45" i="1"/>
   <c r="Y46" i="1"/>
   <c r="Y47" i="1"/>
   <c r="Y48" i="1"/>
   <c r="Y49" i="1"/>
   <c r="Y50" i="1"/>
   <c r="Y51" i="1"/>
   <c r="Y52" i="1"/>
   <c r="Y53" i="1"/>
   <c r="Y54" i="1"/>
   <c r="Y55" i="1"/>
   <c r="Y56" i="1"/>
   <c r="Y57" i="1"/>
   <c r="Y8" i="1"/>
-  <c r="C242" i="2"/>
-  <c r="C237" i="2"/>
+  <c r="C243" i="2"/>
+  <c r="C238" i="2"/>
   <c r="C16" i="2"/>
   <c r="I3" i="2" l="1"/>
   <c r="H3" i="2"/>
   <c r="G3" i="2"/>
   <c r="F3" i="2"/>
   <c r="D5" i="4" s="1"/>
   <c r="E3" i="2"/>
   <c r="D3" i="2"/>
-  <c r="C221" i="2" l="1"/>
-  <c r="C214" i="2"/>
+  <c r="C222" i="2" l="1"/>
+  <c r="C215" i="2"/>
   <c r="AA57" i="1"/>
   <c r="Z57" i="1"/>
   <c r="X57" i="1"/>
   <c r="W57" i="1"/>
   <c r="AA56" i="1"/>
   <c r="Z56" i="1"/>
   <c r="X56" i="1"/>
   <c r="W56" i="1"/>
   <c r="AA55" i="1"/>
   <c r="Z55" i="1"/>
   <c r="X55" i="1"/>
   <c r="W55" i="1"/>
   <c r="AA54" i="1"/>
   <c r="Z54" i="1"/>
   <c r="X54" i="1"/>
   <c r="W54" i="1"/>
   <c r="AA53" i="1"/>
   <c r="Z53" i="1"/>
   <c r="X53" i="1"/>
   <c r="W53" i="1"/>
   <c r="AA52" i="1"/>
   <c r="Z52" i="1"/>
   <c r="X52" i="1"/>
   <c r="W52" i="1"/>
   <c r="AA51" i="1"/>
@@ -417,86 +417,86 @@
   <c r="Z13" i="1"/>
   <c r="X13" i="1"/>
   <c r="W13" i="1"/>
   <c r="AA12" i="1"/>
   <c r="Z12" i="1"/>
   <c r="X12" i="1"/>
   <c r="W12" i="1"/>
   <c r="AA11" i="1"/>
   <c r="Z11" i="1"/>
   <c r="X11" i="1"/>
   <c r="W11" i="1"/>
   <c r="AA10" i="1"/>
   <c r="Z10" i="1"/>
   <c r="X10" i="1"/>
   <c r="W10" i="1"/>
   <c r="AA9" i="1"/>
   <c r="Z9" i="1"/>
   <c r="X9" i="1"/>
   <c r="W9" i="1"/>
   <c r="X8" i="1"/>
   <c r="W8" i="1"/>
   <c r="AA8" i="1"/>
   <c r="Z8" i="1"/>
   <c r="D4" i="4"/>
   <c r="E5" i="4"/>
-  <c r="C229" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="C247" i="2"/>
+  <c r="C230" i="2" l="1"/>
+  <c r="C98" i="2"/>
+  <c r="C248" i="2"/>
+  <c r="I4" i="2"/>
   <c r="F5" i="4"/>
-  <c r="I4" i="2"/>
-  <c r="C207" i="2" l="1"/>
+  <c r="C208" i="2" l="1"/>
   <c r="C6" i="2"/>
   <c r="D6" i="4"/>
   <c r="C3" i="2"/>
   <c r="B1" i="1"/>
-  <c r="H4" i="2"/>
-  <c r="E4" i="2"/>
   <c r="E6" i="4"/>
   <c r="F4" i="2"/>
-  <c r="C4" i="2"/>
+  <c r="E4" i="2"/>
+  <c r="H4" i="2"/>
   <c r="G4" i="2"/>
   <c r="D4" i="2"/>
+  <c r="C4" i="2"/>
   <c r="D3" i="4" l="1"/>
+  <c r="E4" i="4"/>
   <c r="F6" i="4"/>
-  <c r="E4" i="4"/>
   <c r="E3" i="4"/>
+  <c r="H6" i="4"/>
+  <c r="F4" i="4"/>
+  <c r="G6" i="4"/>
   <c r="F3" i="4"/>
-  <c r="H6" i="4"/>
-[...1 lines deleted...]
-  <c r="F4" i="4"/>
+  <c r="G3" i="4"/>
+  <c r="H4" i="4"/>
   <c r="G4" i="4"/>
-  <c r="G3" i="4"/>
   <c r="H3" i="4"/>
-  <c r="H4" i="4"/>
-[...1 lines deleted...]
-  <c r="G7" i="4"/>
+  <c r="G7" i="4" l="1"/>
+  <c r="H7" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="959" uniqueCount="603">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="962" uniqueCount="605">
   <si>
     <t>Segéd</t>
   </si>
   <si>
     <t>Megnevezés</t>
   </si>
   <si>
     <t>Tábla azonosító</t>
   </si>
   <si>
     <t>Kezdő sor</t>
   </si>
   <si>
     <t>Elem szám</t>
   </si>
   <si>
     <t>Sor</t>
   </si>
   <si>
     <t>Rövidnév</t>
   </si>
   <si>
     <t>EIC KÓD</t>
   </si>
   <si>
@@ -2283,50 +2283,56 @@
     <t>CEE-ENERGY</t>
   </si>
   <si>
     <t>15X-CEE-ENERGY-3</t>
   </si>
   <si>
     <t>BORZEPOWER</t>
   </si>
   <si>
     <t>15X-BORZEPOWER-A</t>
   </si>
   <si>
     <t>DTTPI Zrt.</t>
   </si>
   <si>
     <t>DTTPI-BC</t>
   </si>
   <si>
     <t>Szovena Kft.</t>
   </si>
   <si>
     <t>SZOVENA-BC</t>
   </si>
   <si>
     <t>15X-SZOVENA----A</t>
+  </si>
+  <si>
+    <t>WATTLER-BC</t>
+  </si>
+  <si>
+    <t>39X-WATTLER-HU-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="38">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
@@ -3791,51 +3797,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:H20"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="B7" sqref="B7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.5"/>
   <cols>
     <col min="1" max="1" width="25.25" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="58.83203125" customWidth="1"/>
     <col min="3" max="3" width="14.83203125" hidden="1" customWidth="1"/>
     <col min="4" max="4" width="16.83203125" hidden="1" customWidth="1"/>
     <col min="5" max="5" width="17.75" hidden="1" customWidth="1"/>
     <col min="6" max="6" width="13.58203125" hidden="1" customWidth="1"/>
     <col min="7" max="8" width="38.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="59"/>
       <c r="B1" s="7"/>
       <c r="C1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="6"/>
       <c r="E1" s="6"/>
       <c r="F1" s="6"/>
     </row>
     <row r="2" spans="1:8">
@@ -3878,111 +3884,111 @@
         <v>6</v>
       </c>
       <c r="F3" s="42">
         <f ca="1">IF(ISERROR(MATCH(B3,INDIRECT("'Beállítás'!B" &amp; D3 &amp; ":B" &amp; (D3+E3-1)),0)),0,D3+MATCH(B3,INDIRECT("'Beállítás'!B" &amp; D3 &amp; ":B" &amp; (D3+E3-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G3" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; $F3)</f>
         <v>#REF!</v>
       </c>
       <c r="H3" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!D" &amp; $F3)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="62" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="70"/>
       <c r="C4" s="63" t="s">
         <v>11</v>
       </c>
       <c r="D4" s="42">
         <f>HLOOKUP(C4,Beállítás!$C$2:$IS$3,2,FALSE)</f>
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E4" s="42">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; (Elosztó_Aggregátor!D4-2))</f>
         <v>100</v>
       </c>
       <c r="F4" s="42">
         <f ca="1">IF(ISERROR(MATCH(B4,INDIRECT("'Beállítás'!B" &amp; D4 &amp; ":B" &amp; (D4+E4-1)),0)),0,D4+MATCH(B4,INDIRECT("'Beállítás'!B" &amp; D4 &amp; ":B" &amp; (D4+E4-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G4" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; $F4)</f>
         <v>#REF!</v>
       </c>
       <c r="H4" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!D" &amp; $F4)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="62" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="70"/>
       <c r="C5" s="63" t="s">
         <v>455</v>
       </c>
       <c r="D5" s="42">
         <f>HLOOKUP(C5,Beállítás!$C$2:$IS$3,2,FALSE)</f>
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E5" s="42">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; (Elosztó_Aggregátor!D5-2))</f>
         <v>3</v>
       </c>
       <c r="F5" s="42">
         <f ca="1">IF(ISERROR(MATCH(B5,INDIRECT("'Beállítás'!B" &amp; D5 &amp; ":B" &amp; (D5+E5-1)),0)),0,D5+MATCH(B5,INDIRECT("'Beállítás'!B" &amp; D5 &amp; ":B" &amp; (D5+E5-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G5" s="42" t="s">
         <v>13</v>
       </c>
       <c r="H5" s="42" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="62" t="s">
         <v>14</v>
       </c>
       <c r="B6" s="70"/>
       <c r="C6" s="63" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="42">
         <f>HLOOKUP(C6,Beállítás!$C$2:$IS$3,2,FALSE)</f>
         <v>18</v>
       </c>
       <c r="E6" s="42">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; (Elosztó_Aggregátor!D6-2))</f>
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F6" s="42">
         <f ca="1">IF(ISERROR(MATCH(B6,INDIRECT("'Beállítás'!B" &amp; D6 &amp; ":B" &amp; (D6+E6-1)),0)),0,D6+MATCH(B6,INDIRECT("'Beállítás'!B" &amp; D6 &amp; ":B" &amp; (D6+E6-1)),0)-1)</f>
         <v>0</v>
       </c>
       <c r="G6" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!C" &amp; $F6)</f>
         <v>#REF!</v>
       </c>
       <c r="H6" s="42" t="e">
         <f ca="1">INDIRECT("'Beállítás'!D" &amp; $F6)</f>
         <v>#REF!</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="62" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="71"/>
       <c r="C7" s="63"/>
       <c r="D7" s="42"/>
       <c r="E7" s="42"/>
       <c r="F7" s="42"/>
       <c r="G7" s="42" t="e">
         <f>VLOOKUP(B7,$B$3:$H$4,6,FALSE)</f>
@@ -4022,90 +4028,96 @@
         <v>19</v>
       </c>
       <c r="B20" s="90"/>
       <c r="C20" s="90"/>
       <c r="D20" s="90"/>
       <c r="E20" s="90"/>
       <c r="F20" s="90"/>
       <c r="G20" s="90"/>
       <c r="H20" s="90"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A12:H12"/>
     <mergeCell ref="A16:H16"/>
     <mergeCell ref="A20:H20"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>$B$3:$B$4</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
-[...5 lines deleted...]
-        </x14:dataValidation>
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="5">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1C882962-04C4-4D9A-957D-CF624E0E7549}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$223:$B$226</xm:f>
+            <xm:f>Beállítás!$B$224:$B$227</xm:f>
           </x14:formula1>
           <xm:sqref>B5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000001000000}">
           <x14:formula1>
             <xm:f>Beállítás!$B$8:$B$13</xm:f>
           </x14:formula1>
           <xm:sqref>B3</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000004000000}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$249:$B$348</xm:f>
+            <xm:f>Beállítás!$B$250:$B$349</xm:f>
           </x14:formula1>
-          <xm:sqref>B4 B6</xm:sqref>
+          <xm:sqref>B4</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000002000000}">
+          <x14:formula1>
+            <xm:f>Beállítás!$B$18:$B$97</xm:f>
+          </x14:formula1>
+          <xm:sqref>B6</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B61E850F-DF71-4A79-9AD0-6F853F883A10}">
+          <x14:formula1>
+            <xm:f>Beállítás!$B$18:$B$96</xm:f>
+          </x14:formula1>
+          <xm:sqref>B6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AC57"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C9" sqref="C9"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A8" sqref="A8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.5"/>
   <cols>
     <col min="1" max="1" width="0.58203125" customWidth="1"/>
     <col min="2" max="2" width="4.33203125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.33203125" customWidth="1"/>
     <col min="4" max="4" width="29" customWidth="1"/>
     <col min="5" max="5" width="30" customWidth="1"/>
     <col min="6" max="6" width="25" customWidth="1"/>
     <col min="7" max="7" width="16.5" bestFit="1" customWidth="1"/>
     <col min="8" max="9" width="16.5" customWidth="1"/>
     <col min="10" max="10" width="7.5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="11.5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="11.5" customWidth="1"/>
     <col min="13" max="14" width="24.58203125" customWidth="1"/>
     <col min="15" max="15" width="17.58203125" customWidth="1"/>
     <col min="16" max="16" width="21.08203125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="18.5" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="16.5" customWidth="1"/>
     <col min="19" max="19" width="9.33203125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.5" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="9.33203125" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="14.75" bestFit="1" customWidth="1"/>
     <col min="23" max="27" width="30.5" customWidth="1"/>
@@ -6689,206 +6701,206 @@
         <v/>
       </c>
       <c r="Z57" s="39" t="str">
         <f>IF(AND(ISBLANK(C57),ISBLANK(E57)),"",Elosztó_Aggregátor!$B$6)</f>
         <v/>
       </c>
       <c r="AA57" s="39" t="str">
         <f>IF(AND(ISBLANK(C57),ISBLANK(E57)),"",Elosztó_Aggregátor!$B$3)</f>
         <v/>
       </c>
       <c r="AB57" s="37"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="2">
     <mergeCell ref="S3:V3"/>
     <mergeCell ref="D4:D5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="7">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{393308AE-DB5B-4C98-ABEF-5E605B45EB99}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$231:$B$235</xm:f>
+            <xm:f>Beállítás!$B$232:$B$236</xm:f>
           </x14:formula1>
           <xm:sqref>E8:E57</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C1E49A43-86AE-4D33-A473-1138787E1D30}">
-[...4 lines deleted...]
-        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1AAEF52E-7419-48F6-A955-32B070059136}">
           <x14:formula1>
-            <xm:f>Beállítás!$D$99:$D$205</xm:f>
+            <xm:f>Beállítás!$D$100:$D$206</xm:f>
           </x14:formula1>
           <xm:sqref>U8:U57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000003000000}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$216:$B$219</xm:f>
+            <xm:f>Beállítás!$B$217:$B$220</xm:f>
           </x14:formula1>
           <xm:sqref>C8:C57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8D4663C1-5E23-4CFB-83BF-46FE659569C5}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$239:$B$240</xm:f>
+            <xm:f>Beállítás!$B$240:$B$241</xm:f>
           </x14:formula1>
           <xm:sqref>N8:N57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CC462A57-F937-48A5-94C8-B98462ABB515}">
           <x14:formula1>
-            <xm:f>Beállítás!$B$244:$B$245</xm:f>
+            <xm:f>Beállítás!$B$245:$B$246</xm:f>
           </x14:formula1>
           <xm:sqref>P8:P57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9378D73E-3526-4B0B-803B-BC537B037E45}">
           <x14:formula1>
             <xm:f>Beállítás!$G$7:$G$24</xm:f>
           </x14:formula1>
           <xm:sqref>AB8:AB57</xm:sqref>
+        </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{C1E49A43-86AE-4D33-A473-1138787E1D30}">
+          <x14:formula1>
+            <xm:f>Beállítás!$D$18:$D$96</xm:f>
+          </x14:formula1>
+          <xm:sqref>V8:V57</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:J348"/>
+  <dimension ref="A2:J349"/>
   <sheetViews>
-    <sheetView topLeftCell="A28" workbookViewId="0">
-      <selection activeCell="G40" sqref="G40"/>
+    <sheetView topLeftCell="A82" workbookViewId="0">
+      <selection activeCell="C92" sqref="C92"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="15.5"/>
   <cols>
     <col min="1" max="1" width="11.9140625" customWidth="1"/>
     <col min="2" max="2" width="42.58203125" customWidth="1"/>
     <col min="3" max="3" width="23.58203125" customWidth="1"/>
     <col min="4" max="6" width="20.58203125" customWidth="1"/>
     <col min="7" max="7" width="10.5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9">
       <c r="A2" s="40" t="s">
         <v>50</v>
       </c>
       <c r="C2" s="41" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="41" t="s">
         <v>15</v>
       </c>
       <c r="E2" s="41" t="s">
         <v>38</v>
       </c>
       <c r="F2" s="41" t="s">
         <v>455</v>
       </c>
       <c r="G2" s="41" t="s">
         <v>22</v>
       </c>
       <c r="H2" s="41" t="s">
         <v>52</v>
       </c>
       <c r="I2" s="41" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="B3" t="s">
         <v>53</v>
       </c>
       <c r="C3" s="42">
-        <f>MATCH(C2,$A$1:$A$630,0)+2</f>
+        <f>MATCH(C2,$A$1:$A$631,0)+2</f>
         <v>8</v>
       </c>
       <c r="D3" s="42">
-        <f t="shared" ref="D3:I3" si="0">MATCH(D2,$A$1:$A$630,0)+1</f>
+        <f t="shared" ref="D3:I3" si="0">MATCH(D2,$A$1:$A$631,0)+1</f>
         <v>18</v>
       </c>
       <c r="E3" s="42">
         <f t="shared" si="0"/>
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F3" s="42">
         <f t="shared" si="0"/>
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="G3" s="42">
         <f t="shared" si="0"/>
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H3" s="42">
         <f t="shared" si="0"/>
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I3" s="42">
         <f t="shared" si="0"/>
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="B4" t="s">
         <v>54</v>
       </c>
       <c r="C4" s="42">
         <f t="shared" ref="C4:H4" ca="1" si="1">INDIRECT("C" &amp; (C3-2)) + C3-1</f>
         <v>13</v>
       </c>
       <c r="D4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="H4" s="42">
         <f t="shared" ca="1" si="1"/>
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I4" s="42">
         <f t="shared" ref="I4" ca="1" si="2">INDIRECT("C" &amp; (I3-2)) + I3-1</f>
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" s="40" t="s">
         <v>9</v>
       </c>
       <c r="C6" s="43">
         <f>COUNTA(B8:B14)</f>
         <v>6</v>
       </c>
       <c r="G6" s="44" t="s">
         <v>55</v>
       </c>
       <c r="H6" s="44" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="B7" s="45" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="45" t="s">
         <v>6</v>
       </c>
       <c r="D7" s="45" t="s">
@@ -6999,52 +7011,52 @@
       <c r="G13" s="44" t="s">
         <v>87</v>
       </c>
       <c r="H13" s="44" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="G14" s="44" t="s">
         <v>89</v>
       </c>
       <c r="H14" s="44" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="G15" s="44" t="s">
         <v>91</v>
       </c>
       <c r="H15" s="44" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="C16" s="43">
-        <f>COUNTA(B18:B95)</f>
-        <v>78</v>
+        <f>COUNTA(B18:B96)</f>
+        <v>79</v>
       </c>
       <c r="G16" s="44" t="s">
         <v>93</v>
       </c>
       <c r="H16" s="44" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:10">
       <c r="A17" s="40" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="45" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="45" t="s">
         <v>95</v>
       </c>
       <c r="D17" s="45" t="s">
         <v>96</v>
       </c>
       <c r="G17" s="44" t="s">
         <v>97</v>
       </c>
       <c r="H17" s="44" t="s">
@@ -7968,2787 +7980,2798 @@
         <v>602</v>
       </c>
     </row>
     <row r="89" spans="2:4">
       <c r="B89" s="48" t="s">
         <v>324</v>
       </c>
       <c r="C89" s="48" t="s">
         <v>325</v>
       </c>
       <c r="D89" s="48" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="90" spans="2:4">
       <c r="B90" s="48" t="s">
         <v>327</v>
       </c>
       <c r="C90" s="48" t="s">
         <v>328</v>
       </c>
       <c r="D90" s="48" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="91" spans="2:4">
-[...7 lines deleted...]
-        <v>332</v>
+    <row r="91" spans="2:4" ht="16">
+      <c r="B91" s="85" t="s">
+        <v>499</v>
+      </c>
+      <c r="C91" s="85" t="s">
+        <v>603</v>
+      </c>
+      <c r="D91" s="85" t="s">
+        <v>604</v>
       </c>
     </row>
     <row r="92" spans="2:4">
       <c r="B92" s="48" t="s">
+        <v>330</v>
+      </c>
+      <c r="C92" s="48" t="s">
+        <v>331</v>
+      </c>
+      <c r="D92" s="48" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="93" spans="2:4">
+      <c r="B93" s="48" t="s">
         <v>333</v>
       </c>
-      <c r="C92" s="48" t="s">
+      <c r="C93" s="48" t="s">
         <v>334</v>
       </c>
-      <c r="D92" s="48" t="s">
+      <c r="D93" s="48" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="93" spans="2:4">
-      <c r="B93" t="s">
+    <row r="94" spans="2:4">
+      <c r="B94" t="s">
         <v>336</v>
       </c>
-      <c r="C93" s="48" t="s">
+      <c r="C94" s="48" t="s">
         <v>337</v>
       </c>
-      <c r="D93" s="49" t="s">
+      <c r="D94" s="49" t="s">
         <v>338</v>
-      </c>
-[...9 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="95" spans="2:4">
       <c r="B95" s="48" t="s">
+        <v>339</v>
+      </c>
+      <c r="C95" s="48" t="s">
+        <v>340</v>
+      </c>
+      <c r="D95" s="48" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="96" spans="2:4">
+      <c r="B96" s="48" t="s">
         <v>342</v>
       </c>
-      <c r="C95" s="48" t="s">
+      <c r="C96" s="48" t="s">
         <v>343</v>
       </c>
-      <c r="D95" s="49" t="s">
+      <c r="D96" s="49" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="96" spans="2:4">
-[...3 lines deleted...]
-    </row>
     <row r="97" spans="1:4">
-      <c r="C97" s="43">
-        <f>COUNTA(B99:B206)</f>
+      <c r="B97" s="52"/>
+      <c r="C97" s="51"/>
+      <c r="D97" s="51"/>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="C98" s="43">
+        <f>COUNTA(B100:B207)</f>
         <v>107</v>
       </c>
     </row>
-    <row r="98" spans="1:4">
-      <c r="A98" s="40" t="s">
+    <row r="99" spans="1:4">
+      <c r="A99" s="40" t="s">
         <v>38</v>
       </c>
-      <c r="B98" s="45" t="s">
+      <c r="B99" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C98" s="45" t="s">
+      <c r="C99" s="45" t="s">
         <v>95</v>
       </c>
-      <c r="D98" s="45" t="s">
+      <c r="D99" s="45" t="s">
         <v>96</v>
-      </c>
-[...9 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="B100" s="48" t="s">
+        <v>98</v>
+      </c>
+      <c r="C100" s="48" t="s">
+        <v>99</v>
+      </c>
+      <c r="D100" s="48" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="B101" s="48" t="s">
         <v>102</v>
       </c>
-      <c r="C100" s="48" t="s">
+      <c r="C101" s="48" t="s">
         <v>103</v>
       </c>
-      <c r="D100" s="48" t="s">
+      <c r="D101" s="48" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="101" spans="1:4">
-      <c r="B101" s="46" t="s">
+    <row r="102" spans="1:4">
+      <c r="B102" s="46" t="s">
         <v>106</v>
       </c>
-      <c r="C101" s="48" t="s">
+      <c r="C102" s="48" t="s">
         <v>107</v>
       </c>
-      <c r="D101" s="48" t="s">
+      <c r="D102" s="48" t="s">
         <v>108</v>
-      </c>
-[...9 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="B103" s="48" t="s">
+        <v>345</v>
+      </c>
+      <c r="C103" s="48" t="s">
+        <v>346</v>
+      </c>
+      <c r="D103" s="49" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="B104" s="48" t="s">
         <v>111</v>
       </c>
-      <c r="C103" s="48" t="s">
+      <c r="C104" s="48" t="s">
         <v>112</v>
       </c>
-      <c r="D103" s="48" t="s">
+      <c r="D104" s="48" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="104" spans="1:4">
-      <c r="B104" s="46" t="s">
+    <row r="105" spans="1:4">
+      <c r="B105" s="46" t="s">
         <v>348</v>
       </c>
-      <c r="C104" s="48" t="s">
+      <c r="C105" s="48" t="s">
         <v>349</v>
       </c>
-      <c r="D104" s="48" t="s">
+      <c r="D105" s="48" t="s">
         <v>350</v>
-      </c>
-[...9 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="B106" s="48" t="s">
-        <v>351</v>
+        <v>116</v>
       </c>
       <c r="C106" s="48" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="D106" s="48" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="B107" s="48" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C107" s="48" t="s">
         <v>122</v>
       </c>
       <c r="D107" s="48" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="108" spans="1:4">
-      <c r="B108" t="s">
+      <c r="B108" s="48" t="s">
+        <v>352</v>
+      </c>
+      <c r="C108" s="48" t="s">
+        <v>122</v>
+      </c>
+      <c r="D108" s="48" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="B109" t="s">
         <v>125</v>
       </c>
-      <c r="C108" s="48" t="s">
+      <c r="C109" s="48" t="s">
         <v>126</v>
       </c>
-      <c r="D108" s="49" t="s">
+      <c r="D109" s="49" t="s">
         <v>127</v>
-      </c>
-[...9 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="B110" s="48" t="s">
+        <v>129</v>
+      </c>
+      <c r="C110" s="48" t="s">
+        <v>130</v>
+      </c>
+      <c r="D110" s="48" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="B111" s="48" t="s">
         <v>133</v>
       </c>
-      <c r="C110" s="48" t="s">
+      <c r="C111" s="48" t="s">
         <v>134</v>
       </c>
-      <c r="D110" s="48" t="s">
+      <c r="D111" s="48" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="111" spans="1:4">
-      <c r="B111" s="46" t="s">
+    <row r="112" spans="1:4">
+      <c r="B112" s="46" t="s">
         <v>353</v>
       </c>
-      <c r="C111" s="46" t="s">
+      <c r="C112" s="46" t="s">
         <v>354</v>
       </c>
-      <c r="D111" s="46" t="s">
+      <c r="D112" s="46" t="s">
         <v>355</v>
-      </c>
-[...9 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="113" spans="2:5">
       <c r="B113" s="48" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C113" s="48" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D113" s="48" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="114" spans="2:5">
       <c r="B114" s="48" t="s">
+        <v>141</v>
+      </c>
+      <c r="C114" s="48" t="s">
+        <v>142</v>
+      </c>
+      <c r="D114" s="48" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="115" spans="2:5">
+      <c r="B115" s="48" t="s">
         <v>145</v>
       </c>
-      <c r="C114" s="48" t="s">
+      <c r="C115" s="48" t="s">
         <v>146</v>
       </c>
-      <c r="D114" s="48" t="s">
+      <c r="D115" s="48" t="s">
         <v>147</v>
-      </c>
-[...9 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="116" spans="2:5">
       <c r="B116" s="46" t="s">
+        <v>356</v>
+      </c>
+      <c r="C116" s="48" t="s">
+        <v>357</v>
+      </c>
+      <c r="D116" s="46" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="117" spans="2:5">
+      <c r="B117" s="46" t="s">
         <v>359</v>
       </c>
-      <c r="C116" s="48" t="s">
+      <c r="C117" s="48" t="s">
         <v>360</v>
       </c>
-      <c r="D116" s="46" t="s">
+      <c r="D117" s="46" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="117" spans="2:5">
-      <c r="B117" s="54" t="s">
+    <row r="118" spans="2:5">
+      <c r="B118" s="54" t="s">
         <v>362</v>
       </c>
-      <c r="C117" s="55" t="s">
+      <c r="C118" s="55" t="s">
         <v>363</v>
       </c>
-      <c r="D117" s="54" t="s">
+      <c r="D118" s="54" t="s">
         <v>364</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E118" s="51"/>
     </row>
     <row r="119" spans="2:5">
       <c r="B119" s="48" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="C119" s="48" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="D119" s="48" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E119" s="51"/>
     </row>
     <row r="120" spans="2:5">
       <c r="B120" s="48" t="s">
-        <v>365</v>
+        <v>153</v>
       </c>
       <c r="C120" s="48" t="s">
-        <v>366</v>
+        <v>154</v>
       </c>
       <c r="D120" s="48" t="s">
-        <v>367</v>
+        <v>155</v>
       </c>
       <c r="E120" s="51"/>
     </row>
     <row r="121" spans="2:5">
       <c r="B121" s="48" t="s">
-        <v>157</v>
+        <v>365</v>
       </c>
       <c r="C121" s="48" t="s">
-        <v>158</v>
+        <v>366</v>
       </c>
       <c r="D121" s="48" t="s">
-        <v>159</v>
+        <v>367</v>
       </c>
       <c r="E121" s="51"/>
     </row>
     <row r="122" spans="2:5">
       <c r="B122" s="48" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="C122" s="48" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="D122" s="48" t="s">
-        <v>163</v>
-      </c>
+        <v>159</v>
+      </c>
+      <c r="E122" s="51"/>
     </row>
     <row r="123" spans="2:5">
       <c r="B123" s="48" t="s">
-        <v>368</v>
+        <v>161</v>
       </c>
       <c r="C123" s="48" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>162</v>
+      </c>
+      <c r="D123" s="48" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="124" spans="2:5">
       <c r="B124" s="48" t="s">
+        <v>368</v>
+      </c>
+      <c r="C124" s="48" t="s">
+        <v>369</v>
+      </c>
+      <c r="D124" s="49" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="125" spans="2:5">
+      <c r="B125" s="48" t="s">
         <v>165</v>
       </c>
-      <c r="C124" s="48" t="s">
+      <c r="C125" s="48" t="s">
         <v>166</v>
       </c>
-      <c r="D124" s="49" t="s">
+      <c r="D125" s="49" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="125" spans="2:5">
-      <c r="B125" s="46" t="s">
+    <row r="126" spans="2:5">
+      <c r="B126" s="46" t="s">
         <v>371</v>
       </c>
-      <c r="C125" s="46" t="s">
+      <c r="C126" s="46" t="s">
         <v>372</v>
       </c>
-      <c r="D125" s="46" t="s">
+      <c r="D126" s="46" t="s">
         <v>373</v>
-      </c>
-[...10 lines deleted...]
-        <v>171</v>
       </c>
       <c r="E126" s="51"/>
     </row>
     <row r="127" spans="2:5">
       <c r="B127" s="48" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="C127" s="48" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="D127" s="48" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="E127" s="51"/>
     </row>
     <row r="128" spans="2:5">
       <c r="B128" s="48" t="s">
+        <v>173</v>
+      </c>
+      <c r="C128" s="48" t="s">
+        <v>174</v>
+      </c>
+      <c r="D128" s="48" t="s">
+        <v>175</v>
+      </c>
+      <c r="E128" s="51"/>
+    </row>
+    <row r="129" spans="2:5">
+      <c r="B129" s="48" t="s">
         <v>178</v>
       </c>
-      <c r="C128" s="48" t="s">
+      <c r="C129" s="48" t="s">
         <v>179</v>
       </c>
-      <c r="D128" s="48" t="s">
+      <c r="D129" s="48" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="129" spans="2:5">
-      <c r="B129" s="46" t="s">
+    <row r="130" spans="2:5">
+      <c r="B130" s="46" t="s">
         <v>374</v>
       </c>
-      <c r="C129" s="48" t="s">
+      <c r="C130" s="48" t="s">
         <v>375</v>
       </c>
-      <c r="D129" s="48" t="s">
+      <c r="D130" s="48" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E130" s="51"/>
     </row>
     <row r="131" spans="2:5">
       <c r="B131" s="48" t="s">
-        <v>377</v>
+        <v>182</v>
       </c>
       <c r="C131" s="48" t="s">
-        <v>378</v>
+        <v>183</v>
       </c>
       <c r="D131" s="48" t="s">
-        <v>379</v>
+        <v>184</v>
       </c>
       <c r="E131" s="51"/>
     </row>
     <row r="132" spans="2:5">
       <c r="B132" s="48" t="s">
+        <v>377</v>
+      </c>
+      <c r="C132" s="48" t="s">
+        <v>378</v>
+      </c>
+      <c r="D132" s="48" t="s">
+        <v>379</v>
+      </c>
+      <c r="E132" s="51"/>
+    </row>
+    <row r="133" spans="2:5">
+      <c r="B133" s="48" t="s">
         <v>186</v>
       </c>
-      <c r="C132" s="48" t="s">
+      <c r="C133" s="48" t="s">
         <v>187</v>
       </c>
-      <c r="D132" s="48" t="s">
+      <c r="D133" s="48" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="133" spans="2:5">
-      <c r="B133" s="46" t="s">
+    <row r="134" spans="2:5">
+      <c r="B134" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="C133" s="46" t="s">
+      <c r="C134" s="46" t="s">
         <v>191</v>
       </c>
-      <c r="D133" s="46" t="s">
+      <c r="D134" s="46" t="s">
         <v>192</v>
       </c>
-      <c r="E133" s="51"/>
-[...2 lines deleted...]
-      <c r="B134" s="48" t="s">
+      <c r="E134" s="51"/>
+    </row>
+    <row r="135" spans="2:5">
+      <c r="B135" s="48" t="s">
         <v>194</v>
       </c>
-      <c r="C134" s="48" t="s">
+      <c r="C135" s="48" t="s">
         <v>195</v>
       </c>
-      <c r="D134" s="48" t="s">
+      <c r="D135" s="48" t="s">
         <v>196</v>
       </c>
-      <c r="E134" s="51"/>
-[...2 lines deleted...]
-      <c r="B135" s="46" t="s">
+      <c r="E135" s="51"/>
+    </row>
+    <row r="136" spans="2:5">
+      <c r="B136" s="46" t="s">
         <v>380</v>
       </c>
-      <c r="C135" s="48" t="s">
+      <c r="C136" s="48" t="s">
         <v>381</v>
       </c>
-      <c r="D135" s="48" t="s">
+      <c r="D136" s="48" t="s">
         <v>382</v>
-      </c>
-[...10 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E136" s="51"/>
     </row>
     <row r="137" spans="2:5">
       <c r="B137" s="48" t="s">
+        <v>198</v>
+      </c>
+      <c r="C137" s="48" t="s">
+        <v>199</v>
+      </c>
+      <c r="D137" s="48" t="s">
+        <v>200</v>
+      </c>
+      <c r="E137" s="51"/>
+    </row>
+    <row r="138" spans="2:5">
+      <c r="B138" s="48" t="s">
         <v>383</v>
       </c>
-      <c r="C137" s="48" t="s">
+      <c r="C138" s="48" t="s">
         <v>384</v>
       </c>
-      <c r="D137" s="49" t="s">
+      <c r="D138" s="49" t="s">
         <v>385</v>
       </c>
-      <c r="E137" s="51"/>
-[...2 lines deleted...]
-      <c r="B138" s="46" t="s">
+      <c r="E138" s="51"/>
+    </row>
+    <row r="139" spans="2:5">
+      <c r="B139" s="46" t="s">
         <v>201</v>
       </c>
-      <c r="C138" t="s">
+      <c r="C139" t="s">
         <v>202</v>
       </c>
-      <c r="D138" t="s">
+      <c r="D139" t="s">
         <v>203</v>
       </c>
-      <c r="E138" s="51"/>
-[...2 lines deleted...]
-      <c r="B139" s="48" t="s">
+      <c r="E139" s="51"/>
+    </row>
+    <row r="140" spans="2:5">
+      <c r="B140" s="48" t="s">
         <v>386</v>
       </c>
-      <c r="C139" s="48" t="s">
+      <c r="C140" s="48" t="s">
         <v>387</v>
       </c>
-      <c r="D139" s="49" t="s">
+      <c r="D140" s="49" t="s">
         <v>388</v>
       </c>
-      <c r="E139" s="51"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E140" s="51"/>
     </row>
     <row r="141" spans="2:5">
       <c r="B141" s="46" t="s">
+        <v>204</v>
+      </c>
+      <c r="C141" s="46" t="s">
+        <v>389</v>
+      </c>
+      <c r="D141" s="46" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="142" spans="2:5">
+      <c r="B142" s="46" t="s">
         <v>390</v>
       </c>
-      <c r="C141" s="46" t="s">
+      <c r="C142" s="46" t="s">
         <v>391</v>
       </c>
-      <c r="D141" s="46" t="s">
+      <c r="D142" s="46" t="s">
         <v>391</v>
-      </c>
-[...10 lines deleted...]
-        <v>209</v>
       </c>
       <c r="E142" s="51"/>
     </row>
     <row r="143" spans="2:5">
       <c r="B143" s="48" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="C143" s="48" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-      <c r="E143" s="53"/>
+        <v>208</v>
+      </c>
+      <c r="D143" s="49" t="s">
+        <v>209</v>
+      </c>
+      <c r="E143" s="51"/>
     </row>
     <row r="144" spans="2:5">
       <c r="B144" s="48" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C144" s="48" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="D144" s="48" t="s">
-        <v>215</v>
-      </c>
+        <v>212</v>
+      </c>
+      <c r="E144" s="53"/>
     </row>
     <row r="145" spans="2:5">
       <c r="B145" s="48" t="s">
+        <v>213</v>
+      </c>
+      <c r="C145" s="48" t="s">
+        <v>214</v>
+      </c>
+      <c r="D145" s="48" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="146" spans="2:5">
+      <c r="B146" s="48" t="s">
         <v>216</v>
       </c>
-      <c r="C145" s="48" t="s">
+      <c r="C146" s="48" t="s">
         <v>217</v>
       </c>
-      <c r="D145" s="48" t="s">
+      <c r="D146" s="48" t="s">
         <v>218</v>
       </c>
-      <c r="E145" s="51"/>
-[...2 lines deleted...]
-      <c r="B146" s="46" t="s">
+      <c r="E146" s="51"/>
+    </row>
+    <row r="147" spans="2:5">
+      <c r="B147" s="46" t="s">
         <v>219</v>
       </c>
-      <c r="C146" s="48" t="s">
+      <c r="C147" s="48" t="s">
         <v>220</v>
       </c>
-      <c r="D146" s="48" t="s">
+      <c r="D147" s="48" t="s">
         <v>221</v>
       </c>
-      <c r="E146" s="51"/>
-[...2 lines deleted...]
-      <c r="B147" s="48" t="s">
+      <c r="E147" s="51"/>
+    </row>
+    <row r="148" spans="2:5">
+      <c r="B148" s="48" t="s">
         <v>222</v>
       </c>
-      <c r="C147" s="48" t="s">
+      <c r="C148" s="48" t="s">
         <v>223</v>
       </c>
-      <c r="D147" s="48" t="s">
+      <c r="D148" s="48" t="s">
         <v>224</v>
       </c>
-      <c r="E147" s="51"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E148" s="51"/>
     </row>
     <row r="149" spans="2:5">
       <c r="B149" s="46" t="s">
+        <v>392</v>
+      </c>
+      <c r="C149" s="48" t="s">
+        <v>393</v>
+      </c>
+      <c r="D149" s="48" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="150" spans="2:5">
+      <c r="B150" s="46" t="s">
         <v>225</v>
       </c>
-      <c r="C149" s="48" t="s">
+      <c r="C150" s="48" t="s">
         <v>226</v>
       </c>
-      <c r="D149" s="46" t="s">
+      <c r="D150" s="46" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E150" s="51"/>
     </row>
     <row r="151" spans="2:5">
       <c r="B151" s="48" t="s">
+        <v>228</v>
+      </c>
+      <c r="C151" s="48" t="s">
+        <v>229</v>
+      </c>
+      <c r="D151" s="49" t="s">
+        <v>230</v>
+      </c>
+      <c r="E151" s="51"/>
+    </row>
+    <row r="152" spans="2:5">
+      <c r="B152" s="48" t="s">
         <v>231</v>
       </c>
-      <c r="C151" s="48" t="s">
+      <c r="C152" s="48" t="s">
         <v>232</v>
       </c>
-      <c r="D151" s="48" t="s">
+      <c r="D152" s="48" t="s">
         <v>233</v>
       </c>
-      <c r="E151" s="51"/>
-[...2 lines deleted...]
-      <c r="B152" s="46" t="s">
+      <c r="E152" s="51"/>
+    </row>
+    <row r="153" spans="2:5">
+      <c r="B153" s="46" t="s">
         <v>234</v>
       </c>
-      <c r="C152" s="48" t="s">
+      <c r="C153" s="48" t="s">
         <v>235</v>
       </c>
-      <c r="D152" s="48" t="s">
+      <c r="D153" s="48" t="s">
         <v>236</v>
-      </c>
-[...9 lines deleted...]
-        <v>239</v>
       </c>
     </row>
     <row r="154" spans="2:5">
       <c r="B154" s="48" t="s">
+        <v>237</v>
+      </c>
+      <c r="C154" s="48" t="s">
+        <v>238</v>
+      </c>
+      <c r="D154" s="48" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="155" spans="2:5">
+      <c r="B155" s="48" t="s">
         <v>240</v>
       </c>
-      <c r="C154" s="48" t="s">
+      <c r="C155" s="48" t="s">
         <v>241</v>
       </c>
-      <c r="D154" s="48" t="s">
+      <c r="D155" s="48" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="155" spans="2:5">
-      <c r="B155" s="46" t="s">
+    <row r="156" spans="2:5">
+      <c r="B156" s="46" t="s">
         <v>243</v>
       </c>
-      <c r="C155" s="46" t="s">
+      <c r="C156" s="46" t="s">
         <v>244</v>
       </c>
-      <c r="D155" s="46" t="s">
+      <c r="D156" s="46" t="s">
         <v>245</v>
       </c>
     </row>
-    <row r="156" spans="2:5">
-      <c r="B156" s="48" t="s">
+    <row r="157" spans="2:5">
+      <c r="B157" s="48" t="s">
         <v>246</v>
       </c>
-      <c r="C156" s="48" t="s">
+      <c r="C157" s="48" t="s">
         <v>247</v>
       </c>
-      <c r="D156" s="48" t="s">
+      <c r="D157" s="48" t="s">
         <v>248</v>
-      </c>
-[...10 lines deleted...]
-        <v>397</v>
       </c>
       <c r="E157" s="51"/>
     </row>
     <row r="158" spans="2:5">
       <c r="B158" s="46" t="s">
+        <v>395</v>
+      </c>
+      <c r="C158" s="46" t="s">
+        <v>396</v>
+      </c>
+      <c r="D158" s="46" t="s">
+        <v>397</v>
+      </c>
+      <c r="E158" s="51"/>
+    </row>
+    <row r="159" spans="2:5">
+      <c r="B159" s="46" t="s">
         <v>249</v>
       </c>
-      <c r="C158" s="48" t="s">
+      <c r="C159" s="48" t="s">
         <v>250</v>
       </c>
-      <c r="D158" s="46" t="s">
+      <c r="D159" s="46" t="s">
         <v>251</v>
       </c>
-      <c r="E158" s="51"/>
-[...2 lines deleted...]
-      <c r="B159" s="48" t="s">
+      <c r="E159" s="51"/>
+    </row>
+    <row r="160" spans="2:5">
+      <c r="B160" s="48" t="s">
         <v>252</v>
       </c>
-      <c r="C159" s="48" t="s">
+      <c r="C160" s="48" t="s">
         <v>253</v>
       </c>
-      <c r="D159" s="48" t="s">
+      <c r="D160" s="48" t="s">
         <v>254</v>
-      </c>
-[...10 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E160" s="51"/>
     </row>
     <row r="161" spans="2:5">
       <c r="B161" s="46" t="s">
+        <v>255</v>
+      </c>
+      <c r="C161" s="46" t="s">
+        <v>256</v>
+      </c>
+      <c r="D161" s="46" t="s">
+        <v>257</v>
+      </c>
+      <c r="E161" s="51"/>
+    </row>
+    <row r="162" spans="2:5">
+      <c r="B162" s="46" t="s">
         <v>398</v>
       </c>
-      <c r="C161" s="46" t="s">
+      <c r="C162" s="46" t="s">
         <v>399</v>
       </c>
-      <c r="D161" s="46" t="s">
+      <c r="D162" s="46" t="s">
         <v>400</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E162" s="51"/>
     </row>
     <row r="163" spans="2:5">
       <c r="B163" t="s">
+        <v>401</v>
+      </c>
+      <c r="C163" s="48" t="s">
+        <v>402</v>
+      </c>
+      <c r="D163" s="49" t="s">
+        <v>403</v>
+      </c>
+      <c r="E163" s="51"/>
+    </row>
+    <row r="164" spans="2:5">
+      <c r="B164" t="s">
         <v>261</v>
       </c>
-      <c r="C163" s="48" t="s">
+      <c r="C164" s="48" t="s">
         <v>262</v>
       </c>
-      <c r="D163" s="49" t="s">
+      <c r="D164" s="49" t="s">
         <v>263</v>
       </c>
     </row>
-    <row r="164" spans="2:5">
-      <c r="B164" s="55" t="s">
+    <row r="165" spans="2:5">
+      <c r="B165" s="55" t="s">
         <v>404</v>
       </c>
-      <c r="C164" s="55" t="s">
+      <c r="C165" s="55" t="s">
         <v>405</v>
       </c>
-      <c r="D164" s="56" t="s">
+      <c r="D165" s="56" t="s">
         <v>406</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E165" s="51"/>
     </row>
     <row r="166" spans="2:5">
       <c r="B166" s="48" t="s">
+        <v>264</v>
+      </c>
+      <c r="C166" s="48" t="s">
+        <v>265</v>
+      </c>
+      <c r="D166" s="49" t="s">
+        <v>266</v>
+      </c>
+      <c r="E166" s="51"/>
+    </row>
+    <row r="167" spans="2:5">
+      <c r="B167" s="48" t="s">
         <v>267</v>
       </c>
-      <c r="C166" s="48" t="s">
+      <c r="C167" s="48" t="s">
         <v>268</v>
       </c>
-      <c r="D166" s="48" t="s">
+      <c r="D167" s="48" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="167" spans="2:5">
-      <c r="B167" s="57" t="s">
+    <row r="168" spans="2:5">
+      <c r="B168" s="57" t="s">
         <v>407</v>
       </c>
-      <c r="C167" s="48" t="s">
+      <c r="C168" s="48" t="s">
         <v>408</v>
       </c>
-      <c r="D167" s="46" t="s">
+      <c r="D168" s="46" t="s">
         <v>409</v>
       </c>
-      <c r="E167" s="51"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E168" s="51"/>
     </row>
     <row r="169" spans="2:5">
       <c r="B169" s="48" t="s">
+        <v>270</v>
+      </c>
+      <c r="C169" s="48" t="s">
+        <v>271</v>
+      </c>
+      <c r="D169" s="48" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="170" spans="2:5">
+      <c r="B170" s="48" t="s">
         <v>273</v>
       </c>
-      <c r="C169" s="48" t="s">
+      <c r="C170" s="48" t="s">
         <v>274</v>
       </c>
-      <c r="D169" s="48" t="s">
+      <c r="D170" s="48" t="s">
         <v>275</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E170" s="51"/>
     </row>
     <row r="171" spans="2:5">
       <c r="B171" s="46" t="s">
-        <v>519</v>
+        <v>410</v>
       </c>
       <c r="C171" s="48" t="s">
-        <v>521</v>
+        <v>411</v>
       </c>
       <c r="D171" s="48" t="s">
-        <v>520</v>
+        <v>412</v>
       </c>
       <c r="E171" s="51"/>
     </row>
     <row r="172" spans="2:5">
       <c r="B172" s="46" t="s">
+        <v>519</v>
+      </c>
+      <c r="C172" s="48" t="s">
+        <v>521</v>
+      </c>
+      <c r="D172" s="48" t="s">
+        <v>520</v>
+      </c>
+      <c r="E172" s="51"/>
+    </row>
+    <row r="173" spans="2:5">
+      <c r="B173" s="46" t="s">
         <v>276</v>
       </c>
-      <c r="C172" s="48" t="s">
+      <c r="C173" s="48" t="s">
         <v>277</v>
       </c>
-      <c r="D172" s="48" t="s">
+      <c r="D173" s="48" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="173" spans="2:5">
-      <c r="B173" t="s">
+    <row r="174" spans="2:5">
+      <c r="B174" t="s">
         <v>279</v>
       </c>
-      <c r="C173" t="s">
+      <c r="C174" t="s">
         <v>280</v>
       </c>
-      <c r="D173" t="s">
+      <c r="D174" t="s">
         <v>281</v>
       </c>
     </row>
-    <row r="174" spans="2:5">
-      <c r="B174" s="48" t="s">
+    <row r="175" spans="2:5">
+      <c r="B175" s="48" t="s">
         <v>413</v>
       </c>
-      <c r="C174" s="48" t="s">
+      <c r="C175" s="48" t="s">
         <v>414</v>
       </c>
-      <c r="D174" s="48" t="s">
+      <c r="D175" s="48" t="s">
         <v>415</v>
       </c>
-      <c r="E174" s="51"/>
-[...2 lines deleted...]
-      <c r="B175" s="50" t="s">
+      <c r="E175" s="51"/>
+    </row>
+    <row r="176" spans="2:5">
+      <c r="B176" s="50" t="s">
         <v>282</v>
       </c>
-      <c r="C175" s="48" t="s">
+      <c r="C176" s="48" t="s">
         <v>283</v>
       </c>
-      <c r="D175" s="48" t="s">
+      <c r="D176" s="48" t="s">
         <v>284</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="E176" s="51"/>
     </row>
     <row r="177" spans="2:5">
       <c r="B177" s="48" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="C177" s="48" t="s">
-        <v>286</v>
+        <v>417</v>
       </c>
       <c r="D177" s="48" t="s">
-        <v>287</v>
+        <v>418</v>
       </c>
       <c r="E177" s="51"/>
     </row>
     <row r="178" spans="2:5">
       <c r="B178" s="48" t="s">
-        <v>420</v>
+        <v>419</v>
       </c>
       <c r="C178" s="48" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="D178" s="48" t="s">
+        <v>287</v>
+      </c>
+      <c r="E178" s="51"/>
     </row>
     <row r="179" spans="2:5">
       <c r="B179" s="48" t="s">
+        <v>420</v>
+      </c>
+      <c r="C179" s="48" t="s">
+        <v>421</v>
+      </c>
+      <c r="D179" s="49" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="180" spans="2:5">
+      <c r="B180" s="48" t="s">
         <v>423</v>
       </c>
-      <c r="C179" s="48" t="s">
+      <c r="C180" s="48" t="s">
         <v>424</v>
       </c>
-      <c r="D179" s="49" t="s">
+      <c r="D180" s="49" t="s">
         <v>425</v>
       </c>
     </row>
-    <row r="180" spans="2:5">
-      <c r="B180" s="46" t="s">
+    <row r="181" spans="2:5">
+      <c r="B181" s="46" t="s">
         <v>426</v>
       </c>
-      <c r="C180" s="48" t="s">
+      <c r="C181" s="48" t="s">
         <v>427</v>
       </c>
-      <c r="D180" s="46" t="s">
+      <c r="D181" s="46" t="s">
         <v>428</v>
       </c>
     </row>
-    <row r="181" spans="2:5">
-      <c r="B181" s="48" t="s">
+    <row r="182" spans="2:5">
+      <c r="B182" s="48" t="s">
         <v>288</v>
       </c>
-      <c r="C181" s="48" t="s">
+      <c r="C182" s="48" t="s">
         <v>289</v>
       </c>
-      <c r="D181" s="48" t="s">
+      <c r="D182" s="48" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="182" spans="2:5">
-      <c r="B182" s="46" t="s">
+    <row r="183" spans="2:5">
+      <c r="B183" s="46" t="s">
         <v>291</v>
       </c>
-      <c r="C182" s="46" t="s">
+      <c r="C183" s="46" t="s">
         <v>292</v>
       </c>
-      <c r="D182" s="46" t="s">
+      <c r="D183" s="46" t="s">
         <v>293</v>
       </c>
-      <c r="E182" s="51"/>
-[...2 lines deleted...]
-      <c r="B183" s="48" t="s">
+      <c r="E183" s="51"/>
+    </row>
+    <row r="184" spans="2:5">
+      <c r="B184" s="48" t="s">
         <v>294</v>
       </c>
-      <c r="C183" s="48" t="s">
+      <c r="C184" s="48" t="s">
         <v>295</v>
       </c>
-      <c r="D183" s="48" t="s">
+      <c r="D184" s="48" t="s">
         <v>296</v>
-      </c>
-[...10 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E184" s="51"/>
     </row>
     <row r="185" spans="2:5">
       <c r="B185" s="46" t="s">
+        <v>429</v>
+      </c>
+      <c r="C185" s="46" t="s">
+        <v>430</v>
+      </c>
+      <c r="D185" s="46" t="s">
+        <v>431</v>
+      </c>
+      <c r="E185" s="51"/>
+    </row>
+    <row r="186" spans="2:5">
+      <c r="B186" s="46" t="s">
         <v>297</v>
       </c>
-      <c r="C185" s="46" t="s">
+      <c r="C186" s="46" t="s">
         <v>298</v>
       </c>
-      <c r="D185" s="46" t="s">
+      <c r="D186" s="46" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="186" spans="2:5">
-      <c r="B186" s="48" t="s">
+    <row r="187" spans="2:5">
+      <c r="B187" s="48" t="s">
         <v>300</v>
       </c>
-      <c r="C186" s="48" t="s">
+      <c r="C187" s="48" t="s">
         <v>301</v>
       </c>
-      <c r="D186" s="48" t="s">
+      <c r="D187" s="48" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="187" spans="2:5">
-      <c r="B187" s="46" t="s">
+    <row r="188" spans="2:5">
+      <c r="B188" s="46" t="s">
         <v>303</v>
       </c>
-      <c r="C187" s="46" t="s">
+      <c r="C188" s="46" t="s">
         <v>304</v>
       </c>
-      <c r="D187" s="46" t="s">
+      <c r="D188" s="46" t="s">
         <v>305</v>
       </c>
-      <c r="E187" s="51"/>
-[...10 lines deleted...]
-      </c>
+      <c r="E188" s="51"/>
     </row>
     <row r="189" spans="2:5">
       <c r="B189" s="48" t="s">
-        <v>432</v>
+        <v>306</v>
       </c>
       <c r="C189" s="48" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>307</v>
+      </c>
+      <c r="D189" s="48" t="s">
+        <v>308</v>
       </c>
     </row>
     <row r="190" spans="2:5">
       <c r="B190" s="48" t="s">
-        <v>309</v>
+        <v>432</v>
       </c>
       <c r="C190" s="48" t="s">
-        <v>310</v>
-[...4 lines deleted...]
-      <c r="E190" s="51"/>
+        <v>433</v>
+      </c>
+      <c r="D190" s="49" t="s">
+        <v>434</v>
+      </c>
     </row>
     <row r="191" spans="2:5">
       <c r="B191" s="48" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="C191" s="48" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="D191" s="48" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="E191" s="51"/>
     </row>
     <row r="192" spans="2:5">
       <c r="B192" s="48" t="s">
+        <v>312</v>
+      </c>
+      <c r="C192" s="48" t="s">
+        <v>313</v>
+      </c>
+      <c r="D192" s="48" t="s">
+        <v>314</v>
+      </c>
+      <c r="E192" s="51"/>
+    </row>
+    <row r="193" spans="2:5">
+      <c r="B193" s="48" t="s">
         <v>315</v>
       </c>
-      <c r="C192" s="48" t="s">
+      <c r="C193" s="48" t="s">
         <v>316</v>
       </c>
-      <c r="D192" s="49" t="s">
+      <c r="D193" s="49" t="s">
         <v>317</v>
       </c>
-      <c r="E192" s="51"/>
-[...2 lines deleted...]
-      <c r="B193" s="46" t="s">
+      <c r="E193" s="51"/>
+    </row>
+    <row r="194" spans="2:5">
+      <c r="B194" s="46" t="s">
         <v>435</v>
       </c>
-      <c r="C193" s="46" t="s">
+      <c r="C194" s="46" t="s">
         <v>436</v>
       </c>
-      <c r="D193" s="46" t="s">
+      <c r="D194" s="46" t="s">
         <v>437</v>
       </c>
-      <c r="E193" s="51"/>
-[...2 lines deleted...]
-      <c r="B194" s="48" t="s">
+      <c r="E194" s="51"/>
+    </row>
+    <row r="195" spans="2:5">
+      <c r="B195" s="48" t="s">
         <v>318</v>
       </c>
-      <c r="C194" s="48" t="s">
+      <c r="C195" s="48" t="s">
         <v>319</v>
       </c>
-      <c r="D194" s="48" t="s">
+      <c r="D195" s="48" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="195" spans="1:5">
-      <c r="B195" s="48" t="s">
+    <row r="196" spans="2:5">
+      <c r="B196" s="48" t="s">
         <v>321</v>
       </c>
-      <c r="C195" s="48" t="s">
+      <c r="C196" s="48" t="s">
         <v>322</v>
       </c>
-      <c r="D195" s="48" t="s">
+      <c r="D196" s="48" t="s">
         <v>323</v>
       </c>
-      <c r="E195" s="51"/>
-[...2 lines deleted...]
-      <c r="B196" s="48" t="s">
+      <c r="E196" s="51"/>
+    </row>
+    <row r="197" spans="2:5">
+      <c r="B197" s="48" t="s">
         <v>324</v>
       </c>
-      <c r="C196" s="48" t="s">
+      <c r="C197" s="48" t="s">
         <v>325</v>
       </c>
-      <c r="D196" s="48" t="s">
+      <c r="D197" s="48" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="197" spans="1:5">
-      <c r="B197" s="48" t="s">
+    <row r="198" spans="2:5">
+      <c r="B198" s="48" t="s">
         <v>438</v>
       </c>
-      <c r="C197" s="48" t="s">
+      <c r="C198" s="48" t="s">
         <v>439</v>
       </c>
-      <c r="D197" s="49" t="s">
+      <c r="D198" s="49" t="s">
         <v>440</v>
       </c>
     </row>
-    <row r="198" spans="1:5">
-      <c r="B198" s="48" t="s">
+    <row r="199" spans="2:5">
+      <c r="B199" s="48" t="s">
         <v>327</v>
       </c>
-      <c r="C198" s="48" t="s">
+      <c r="C199" s="48" t="s">
         <v>328</v>
       </c>
-      <c r="D198" s="48" t="s">
+      <c r="D199" s="48" t="s">
         <v>329</v>
       </c>
-      <c r="E198" s="51"/>
-[...2 lines deleted...]
-      <c r="B199" s="48" t="s">
+      <c r="E199" s="51"/>
+    </row>
+    <row r="200" spans="2:5">
+      <c r="B200" s="48" t="s">
         <v>330</v>
       </c>
-      <c r="C199" s="48" t="s">
+      <c r="C200" s="48" t="s">
         <v>331</v>
       </c>
-      <c r="D199" s="48" t="s">
+      <c r="D200" s="48" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="200" spans="1:5">
-      <c r="B200" s="48" t="s">
+    <row r="201" spans="2:5">
+      <c r="B201" s="48" t="s">
         <v>333</v>
       </c>
-      <c r="C200" s="48" t="s">
+      <c r="C201" s="48" t="s">
         <v>334</v>
       </c>
-      <c r="D200" s="48" t="s">
+      <c r="D201" s="48" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="201" spans="1:5">
-      <c r="B201" t="s">
+    <row r="202" spans="2:5">
+      <c r="B202" t="s">
         <v>336</v>
       </c>
-      <c r="C201" s="48" t="s">
+      <c r="C202" s="48" t="s">
         <v>337</v>
       </c>
-      <c r="D201" s="49" t="s">
+      <c r="D202" s="49" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="202" spans="1:5">
-      <c r="B202" s="48" t="s">
+    <row r="203" spans="2:5">
+      <c r="B203" s="48" t="s">
         <v>339</v>
       </c>
-      <c r="C202" s="48" t="s">
+      <c r="C203" s="48" t="s">
         <v>340</v>
       </c>
-      <c r="D202" s="48" t="s">
+      <c r="D203" s="48" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="203" spans="1:5">
-      <c r="B203" s="48" t="s">
+    <row r="204" spans="2:5">
+      <c r="B204" s="48" t="s">
         <v>342</v>
       </c>
-      <c r="C203" s="48" t="s">
+      <c r="C204" s="48" t="s">
         <v>343</v>
       </c>
-      <c r="D203" s="49" t="s">
+      <c r="D204" s="49" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="204" spans="1:5">
-      <c r="B204" s="48" t="s">
+    <row r="205" spans="2:5">
+      <c r="B205" s="48" t="s">
         <v>441</v>
       </c>
-      <c r="C204" s="48" t="s">
+      <c r="C205" s="48" t="s">
         <v>442</v>
       </c>
-      <c r="D204" s="49" t="s">
+      <c r="D205" s="49" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="205" spans="1:5">
-      <c r="B205" t="s">
+    <row r="206" spans="2:5">
+      <c r="B206" t="s">
         <v>444</v>
       </c>
-      <c r="C205" s="48" t="s">
+      <c r="C206" s="48" t="s">
         <v>445</v>
       </c>
-      <c r="D205" s="49" t="s">
+      <c r="D206" s="49" t="s">
         <v>446</v>
       </c>
     </row>
-    <row r="206" spans="1:5">
-[...7 lines deleted...]
-        <f>COUNTA(B209:B212)</f>
+    <row r="207" spans="2:5">
+      <c r="B207" s="48"/>
+      <c r="C207" s="48"/>
+      <c r="D207" s="48"/>
+    </row>
+    <row r="208" spans="2:5">
+      <c r="B208" s="51"/>
+      <c r="C208" s="43">
+        <f>COUNTA(B210:B213)</f>
         <v>3</v>
       </c>
     </row>
-    <row r="208" spans="1:5">
-      <c r="A208" s="40" t="s">
+    <row r="209" spans="1:3">
+      <c r="A209" s="40" t="s">
         <v>51</v>
       </c>
-      <c r="B208" s="45" t="s">
+      <c r="B209" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C208" s="45"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C209" s="45"/>
     </row>
     <row r="210" spans="1:3">
       <c r="B210" s="51" t="s">
-        <v>46</v>
+        <v>93</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="B211" s="51" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="B212" s="51" t="s">
         <v>447</v>
       </c>
     </row>
-    <row r="214" spans="1:3">
-[...1 lines deleted...]
-        <f>COUNTA(B216:B219)</f>
+    <row r="215" spans="1:3">
+      <c r="C215" s="43">
+        <f>COUNTA(B217:B220)</f>
         <v>4</v>
       </c>
     </row>
-    <row r="215" spans="1:3">
-      <c r="A215" s="40" t="s">
+    <row r="216" spans="1:3">
+      <c r="A216" s="40" t="s">
         <v>22</v>
       </c>
-      <c r="B215" s="45" t="s">
+      <c r="B216" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C215" s="45"/>
-[...7 lines deleted...]
-      </c>
+      <c r="C216" s="45"/>
     </row>
     <row r="217" spans="1:3">
       <c r="B217" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C217" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="B218" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C218" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="B219" t="s">
+        <v>452</v>
+      </c>
+      <c r="C219" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="B220" t="s">
         <v>454</v>
       </c>
-      <c r="C219" t="s">
+      <c r="C220" t="s">
         <v>451</v>
       </c>
     </row>
-    <row r="221" spans="1:3">
-[...1 lines deleted...]
-        <f>COUNTA(B223:B226)</f>
+    <row r="222" spans="1:3">
+      <c r="C222" s="43">
+        <f>COUNTA(B224:B227)</f>
         <v>3</v>
       </c>
     </row>
-    <row r="222" spans="1:3">
-      <c r="A222" s="40" t="s">
+    <row r="223" spans="1:3">
+      <c r="A223" s="40" t="s">
         <v>455</v>
       </c>
-      <c r="B222" s="45" t="s">
+      <c r="B223" s="45" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="B224" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="B225" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="B226" t="s">
         <v>536</v>
       </c>
     </row>
-    <row r="229" spans="1:3">
-[...1 lines deleted...]
-        <f>COUNTA(B231:B246)</f>
+    <row r="230" spans="1:3">
+      <c r="C230" s="43">
+        <f>COUNTA(B232:B247)</f>
         <v>11</v>
       </c>
     </row>
-    <row r="230" spans="1:3">
-      <c r="A230" s="40" t="s">
+    <row r="231" spans="1:3">
+      <c r="A231" s="40" t="s">
         <v>52</v>
       </c>
-      <c r="B230" s="45" t="s">
+      <c r="B231" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C230" s="45"/>
-[...4 lines deleted...]
-      </c>
+      <c r="C231" s="45"/>
     </row>
     <row r="232" spans="1:3">
       <c r="B232" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="B233" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="B234" t="s">
-        <v>459</v>
+        <v>458</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="B235" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="B236" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="237" spans="1:3">
-[...1 lines deleted...]
-        <f>COUNTA(B239:B240)</f>
+    <row r="238" spans="1:3">
+      <c r="C238" s="43">
+        <f>COUNTA(B240:B241)</f>
         <v>2</v>
       </c>
     </row>
-    <row r="238" spans="1:3">
-      <c r="A238" s="73" t="s">
+    <row r="239" spans="1:3">
+      <c r="A239" s="73" t="s">
         <v>501</v>
       </c>
-      <c r="B238" s="45" t="s">
+      <c r="B239" s="45" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="B240" s="72" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5">
+      <c r="B241" s="72" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="241" spans="1:5">
-[...1 lines deleted...]
-    </row>
     <row r="242" spans="1:5">
-      <c r="C242" s="43">
-        <f>COUNTA(B244:B246)</f>
+      <c r="B242" s="72"/>
+    </row>
+    <row r="243" spans="1:5">
+      <c r="C243" s="43">
+        <f>COUNTA(B245:B247)</f>
         <v>2</v>
       </c>
     </row>
-    <row r="243" spans="1:5" ht="31">
-      <c r="A243" s="74" t="s">
+    <row r="244" spans="1:5" ht="31">
+      <c r="A244" s="74" t="s">
         <v>36</v>
       </c>
-      <c r="B243" s="45" t="s">
+      <c r="B244" s="45" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="B245" s="72" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5">
+      <c r="B246" s="72" t="s">
         <v>503</v>
       </c>
     </row>
-    <row r="246" spans="1:5">
-[...1 lines deleted...]
-    </row>
     <row r="247" spans="1:5">
-      <c r="C247" s="43">
-        <f>COUNTA(B249:B348)</f>
+      <c r="B247" s="72"/>
+    </row>
+    <row r="248" spans="1:5">
+      <c r="C248" s="43">
+        <f>COUNTA(B250:B349)</f>
         <v>100</v>
       </c>
     </row>
-    <row r="248" spans="1:5">
-      <c r="A248" s="40" t="s">
+    <row r="249" spans="1:5">
+      <c r="A249" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="B248" s="45" t="s">
+      <c r="B249" s="45" t="s">
         <v>1</v>
       </c>
-      <c r="C248" s="45" t="s">
+      <c r="C249" s="45" t="s">
         <v>95</v>
       </c>
-      <c r="D248" s="45" t="s">
+      <c r="D249" s="45" t="s">
         <v>96</v>
       </c>
-      <c r="E248" s="45" t="s">
+      <c r="E249" s="45" t="s">
         <v>516</v>
-      </c>
-[...11 lines deleted...]
-        <v>4flexi Kft.</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="B250" t="s">
+        <v>538</v>
+      </c>
+      <c r="C250" s="65" t="str">
+        <f>B250</f>
+        <v>4flexi Kft.</v>
+      </c>
+      <c r="D250" s="81" t="str">
+        <f>C250</f>
+        <v>4flexi Kft.</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5">
+      <c r="B251" t="s">
         <v>539</v>
       </c>
-      <c r="C250" s="65" t="str">
-        <f t="shared" ref="C250:D250" si="3">B250</f>
+      <c r="C251" s="65" t="str">
+        <f t="shared" ref="C251:D251" si="3">B251</f>
         <v>8G Energy Solutions Zrt.</v>
       </c>
-      <c r="D250" s="81" t="str">
+      <c r="D251" s="81" t="str">
         <f t="shared" si="3"/>
         <v>8G Energy Solutions Zrt.</v>
       </c>
     </row>
-    <row r="251" spans="1:5">
-      <c r="B251" t="s">
+    <row r="252" spans="1:5">
+      <c r="B252" t="s">
         <v>540</v>
       </c>
-      <c r="C251" s="65" t="str">
-        <f t="shared" ref="C251:D253" si="4">B251</f>
+      <c r="C252" s="65" t="str">
+        <f t="shared" ref="C252:D254" si="4">B252</f>
         <v>A1 Solar Kft.</v>
       </c>
-      <c r="D251" s="81" t="str">
+      <c r="D252" s="81" t="str">
         <f t="shared" si="4"/>
         <v>A1 Solar Kft.</v>
       </c>
     </row>
-    <row r="252" spans="1:5">
-[...9 lines deleted...]
-    </row>
     <row r="253" spans="1:5">
       <c r="B253" t="s">
+        <v>461</v>
+      </c>
+      <c r="C253" s="68" t="s">
+        <v>107</v>
+      </c>
+      <c r="D253" s="80" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5">
+      <c r="B254" t="s">
         <v>541</v>
       </c>
-      <c r="C253" s="65" t="str">
+      <c r="C254" s="65" t="str">
         <f t="shared" si="4"/>
         <v>ASEMA Zrt.</v>
       </c>
-      <c r="D253" s="81" t="str">
+      <c r="D254" s="81" t="str">
         <f t="shared" si="4"/>
         <v>ASEMA Zrt.</v>
       </c>
     </row>
-    <row r="254" spans="1:5">
-[...9 lines deleted...]
-    </row>
     <row r="255" spans="1:5">
       <c r="B255" t="s">
+        <v>542</v>
+      </c>
+      <c r="C255" s="68" t="s">
+        <v>593</v>
+      </c>
+      <c r="D255" s="68" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5">
+      <c r="B256" t="s">
         <v>543</v>
       </c>
-      <c r="C255" s="65" t="str">
-        <f t="shared" ref="C255:D255" si="5">B255</f>
+      <c r="C256" s="65" t="str">
+        <f t="shared" ref="C256:D256" si="5">B256</f>
         <v>AXPO ENERGY ROMANIA S.A.</v>
       </c>
-      <c r="D255" s="81" t="str">
+      <c r="D256" s="81" t="str">
         <f t="shared" si="5"/>
         <v>AXPO ENERGY ROMANIA S.A.</v>
       </c>
     </row>
-    <row r="256" spans="1:5">
-      <c r="B256" t="s">
+    <row r="257" spans="2:4">
+      <c r="B257" t="s">
         <v>544</v>
       </c>
-      <c r="C256" s="65" t="str">
-        <f t="shared" ref="C256:D256" si="6">B256</f>
+      <c r="C257" s="65" t="str">
+        <f t="shared" ref="C257:D257" si="6">B257</f>
         <v>Barefoot Kft.</v>
       </c>
-      <c r="D256" s="81" t="str">
+      <c r="D257" s="81" t="str">
         <f t="shared" si="6"/>
         <v>Barefoot Kft.</v>
       </c>
     </row>
-    <row r="257" spans="2:4">
-      <c r="B257" t="s">
+    <row r="258" spans="2:4">
+      <c r="B258" t="s">
         <v>545</v>
       </c>
-      <c r="C257" s="65" t="str">
-        <f t="shared" ref="C257:D257" si="7">B257</f>
+      <c r="C258" s="65" t="str">
+        <f t="shared" ref="C258:D258" si="7">B258</f>
         <v>Bay Zoltán Kutatóközpont közhasznú NKft.</v>
       </c>
-      <c r="D257" s="81" t="str">
+      <c r="D258" s="81" t="str">
         <f t="shared" si="7"/>
         <v>Bay Zoltán Kutatóközpont közhasznú NKft.</v>
       </c>
     </row>
-    <row r="258" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="259" spans="2:4">
       <c r="B259" t="s">
+        <v>462</v>
+      </c>
+      <c r="C259" s="65" t="s">
+        <v>462</v>
+      </c>
+      <c r="D259" s="81" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="260" spans="2:4">
+      <c r="B260" t="s">
         <v>546</v>
       </c>
-      <c r="C259" s="65" t="str">
-        <f t="shared" ref="C259:D259" si="8">B259</f>
+      <c r="C260" s="65" t="str">
+        <f t="shared" ref="C260:D260" si="8">B260</f>
         <v>Centrica Business Solutions Zrt.</v>
       </c>
-      <c r="D259" s="81" t="str">
+      <c r="D260" s="81" t="str">
         <f t="shared" si="8"/>
         <v>Centrica Business Solutions Zrt.</v>
       </c>
     </row>
-    <row r="260" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="261" spans="2:4">
       <c r="B261" t="s">
-        <v>463</v>
-[...5 lines deleted...]
-        <v>463</v>
+        <v>547</v>
+      </c>
+      <c r="C261" s="68" t="s">
+        <v>594</v>
+      </c>
+      <c r="D261" s="80" t="s">
+        <v>595</v>
       </c>
     </row>
     <row r="262" spans="2:4">
       <c r="B262" t="s">
+        <v>463</v>
+      </c>
+      <c r="C262" s="65" t="s">
+        <v>463</v>
+      </c>
+      <c r="D262" s="81" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="263" spans="2:4">
+      <c r="B263" t="s">
         <v>548</v>
       </c>
-      <c r="C262" s="65" t="str">
-        <f t="shared" ref="C262:D262" si="9">B262</f>
+      <c r="C263" s="65" t="str">
+        <f t="shared" ref="C263:D263" si="9">B263</f>
         <v>CHP Energia Befektetési és Vagyonkezelő Zrt.</v>
       </c>
-      <c r="D262" s="81" t="str">
+      <c r="D263" s="81" t="str">
         <f t="shared" si="9"/>
         <v>CHP Energia Befektetési és Vagyonkezelő Zrt.</v>
       </c>
     </row>
-    <row r="263" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="264" spans="2:4">
       <c r="B264" t="s">
+        <v>464</v>
+      </c>
+      <c r="C264" s="68" t="s">
+        <v>465</v>
+      </c>
+      <c r="D264" s="80" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="265" spans="2:4">
+      <c r="B265" t="s">
         <v>549</v>
       </c>
-      <c r="C264" s="65" t="str">
-        <f t="shared" ref="C264:D264" si="10">B264</f>
+      <c r="C265" s="65" t="str">
+        <f t="shared" ref="C265:D265" si="10">B265</f>
         <v>CleanTech Energy Solutions Kft.</v>
       </c>
-      <c r="D264" s="81" t="str">
+      <c r="D265" s="81" t="str">
         <f t="shared" si="10"/>
         <v>CleanTech Energy Solutions Kft.</v>
       </c>
     </row>
-    <row r="265" spans="2:4">
-      <c r="B265" t="s">
+    <row r="266" spans="2:4">
+      <c r="B266" t="s">
         <v>550</v>
       </c>
-      <c r="C265" s="65" t="str">
-        <f t="shared" ref="C265:D265" si="11">B265</f>
+      <c r="C266" s="65" t="str">
+        <f t="shared" ref="C266:D266" si="11">B266</f>
         <v>CYEB Power Kft.</v>
       </c>
-      <c r="D265" s="81" t="str">
+      <c r="D266" s="81" t="str">
         <f t="shared" si="11"/>
         <v>CYEB Power Kft.</v>
       </c>
     </row>
-    <row r="266" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="267" spans="2:4">
       <c r="B267" t="s">
-        <v>467</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>556</v>
+      </c>
+      <c r="C267" s="68" t="s">
+        <v>513</v>
+      </c>
+      <c r="D267" s="80" t="s">
+        <v>512</v>
       </c>
     </row>
     <row r="268" spans="2:4">
       <c r="B268" t="s">
-        <v>551</v>
-[...5 lines deleted...]
-        <v>527</v>
+        <v>467</v>
+      </c>
+      <c r="C268" s="65" t="s">
+        <v>467</v>
+      </c>
+      <c r="D268" s="81" t="s">
+        <v>467</v>
       </c>
     </row>
     <row r="269" spans="2:4">
       <c r="B269" t="s">
+        <v>551</v>
+      </c>
+      <c r="C269" s="87" t="s">
+        <v>526</v>
+      </c>
+      <c r="D269" s="68" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="270" spans="2:4">
+      <c r="B270" t="s">
         <v>552</v>
       </c>
-      <c r="C269" s="65" t="str">
-        <f t="shared" ref="C269:D269" si="12">B269</f>
+      <c r="C270" s="65" t="str">
+        <f t="shared" ref="C270:D270" si="12">B270</f>
         <v>"DÉLÉP Ipari Park" Kft.</v>
       </c>
-      <c r="D269" s="81" t="str">
+      <c r="D270" s="81" t="str">
         <f t="shared" si="12"/>
         <v>"DÉLÉP Ipari Park" Kft.</v>
       </c>
     </row>
-    <row r="270" spans="2:4">
-      <c r="B270" t="s">
+    <row r="271" spans="2:4">
+      <c r="B271" t="s">
         <v>553</v>
       </c>
-      <c r="C270" s="65" t="str">
-        <f t="shared" ref="C270:D270" si="13">B270</f>
+      <c r="C271" s="65" t="str">
+        <f t="shared" ref="C271:D271" si="13">B271</f>
         <v>Dél-Nyugat Kft.</v>
       </c>
-      <c r="D270" s="81" t="str">
+      <c r="D271" s="81" t="str">
         <f t="shared" si="13"/>
         <v>Dél-Nyugat Kft.</v>
       </c>
     </row>
-    <row r="271" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="272" spans="2:4">
       <c r="B272" t="s">
-        <v>165</v>
-[...5 lines deleted...]
-        <v>167</v>
+        <v>468</v>
+      </c>
+      <c r="C272" s="65" t="s">
+        <v>468</v>
+      </c>
+      <c r="D272" s="81" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="273" spans="2:4">
       <c r="B273" t="s">
-        <v>470</v>
+        <v>165</v>
       </c>
       <c r="C273" s="68" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>469</v>
+      </c>
+      <c r="D273" s="80" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="274" spans="2:4">
       <c r="B274" t="s">
-        <v>371</v>
+        <v>470</v>
       </c>
       <c r="C274" s="68" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>523</v>
+      </c>
+      <c r="D274" s="68" t="s">
+        <v>522</v>
       </c>
     </row>
     <row r="275" spans="2:4">
       <c r="B275" t="s">
+        <v>371</v>
+      </c>
+      <c r="C275" s="68" t="s">
+        <v>471</v>
+      </c>
+      <c r="D275" s="80" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="276" spans="2:4">
+      <c r="B276" t="s">
         <v>554</v>
       </c>
-      <c r="C275" s="65" t="str">
-        <f t="shared" ref="C275:D275" si="14">B275</f>
+      <c r="C276" s="65" t="str">
+        <f t="shared" ref="C276:D276" si="14">B276</f>
         <v>Egrid Kft</v>
       </c>
-      <c r="D275" s="81" t="str">
+      <c r="D276" s="81" t="str">
         <f t="shared" si="14"/>
         <v>Egrid Kft</v>
       </c>
     </row>
-    <row r="276" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="277" spans="2:4">
       <c r="B277" t="s">
+        <v>528</v>
+      </c>
+      <c r="C277" s="68" t="s">
+        <v>530</v>
+      </c>
+      <c r="D277" s="80" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="278" spans="2:4">
+      <c r="B278" t="s">
         <v>592</v>
       </c>
-      <c r="C277" s="65" t="str">
-        <f t="shared" ref="C277:D277" si="15">B277</f>
+      <c r="C278" s="65" t="str">
+        <f t="shared" ref="C278:D278" si="15">B278</f>
         <v>EMvia Energiakereskedelmi Zrt</v>
       </c>
-      <c r="D277" s="81" t="str">
+      <c r="D278" s="81" t="str">
         <f t="shared" si="15"/>
         <v>EMvia Energiakereskedelmi Zrt</v>
       </c>
     </row>
-    <row r="278" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="279" spans="2:4">
       <c r="B279" t="s">
-        <v>555</v>
+        <v>472</v>
       </c>
       <c r="C279" s="68" t="s">
-        <v>596</v>
+        <v>208</v>
       </c>
       <c r="D279" s="80" t="s">
-        <v>597</v>
+        <v>209</v>
       </c>
     </row>
     <row r="280" spans="2:4">
       <c r="B280" t="s">
-        <v>473</v>
-[...5 lines deleted...]
-        <v>473</v>
+        <v>555</v>
+      </c>
+      <c r="C280" s="68" t="s">
+        <v>596</v>
+      </c>
+      <c r="D280" s="80" t="s">
+        <v>597</v>
       </c>
     </row>
     <row r="281" spans="2:4">
       <c r="B281" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="C281" s="65" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="D281" s="81" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
     </row>
     <row r="282" spans="2:4">
       <c r="B282" t="s">
-        <v>475</v>
-[...5 lines deleted...]
-        <v>188</v>
+        <v>474</v>
+      </c>
+      <c r="C282" s="65" t="s">
+        <v>474</v>
+      </c>
+      <c r="D282" s="81" t="s">
+        <v>474</v>
       </c>
     </row>
     <row r="283" spans="2:4">
       <c r="B283" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="C283" s="68" t="s">
-        <v>477</v>
+        <v>187</v>
       </c>
       <c r="D283" s="80" t="s">
-        <v>478</v>
+        <v>188</v>
       </c>
     </row>
     <row r="284" spans="2:4">
       <c r="B284" t="s">
+        <v>476</v>
+      </c>
+      <c r="C284" s="68" t="s">
+        <v>477</v>
+      </c>
+      <c r="D284" s="80" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="285" spans="2:4">
+      <c r="B285" t="s">
         <v>557</v>
       </c>
-      <c r="C284" s="65" t="str">
-        <f t="shared" ref="C284:D284" si="16">B284</f>
+      <c r="C285" s="65" t="str">
+        <f t="shared" ref="C285:D285" si="16">B285</f>
         <v>Enity Zrt.</v>
       </c>
-      <c r="D284" s="81" t="str">
+      <c r="D285" s="81" t="str">
         <f t="shared" si="16"/>
         <v>Enity Zrt.</v>
       </c>
     </row>
-    <row r="285" spans="2:4">
-      <c r="B285" t="s">
+    <row r="286" spans="2:4">
+      <c r="B286" t="s">
         <v>473</v>
       </c>
-      <c r="C285" s="65" t="str">
-        <f t="shared" ref="C285:D285" si="17">B285</f>
+      <c r="C286" s="65" t="str">
+        <f t="shared" ref="C286:D286" si="17">B286</f>
         <v>Enteror Média Kft.</v>
       </c>
-      <c r="D285" s="81" t="str">
+      <c r="D286" s="81" t="str">
         <f t="shared" si="17"/>
         <v>Enteror Média Kft.</v>
       </c>
     </row>
-    <row r="286" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="287" spans="2:4">
       <c r="B287" t="s">
+        <v>479</v>
+      </c>
+      <c r="C287" s="65" t="s">
+        <v>479</v>
+      </c>
+      <c r="D287" s="81" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="288" spans="2:4">
+      <c r="B288" t="s">
         <v>558</v>
       </c>
-      <c r="C287" s="65" t="str">
-        <f t="shared" ref="C287:D287" si="18">B287</f>
+      <c r="C288" s="65" t="str">
+        <f t="shared" ref="C288:D288" si="18">B288</f>
         <v>EvoEnergy Kft.</v>
       </c>
-      <c r="D287" s="81" t="str">
+      <c r="D288" s="81" t="str">
         <f t="shared" si="18"/>
         <v>EvoEnergy Kft.</v>
       </c>
     </row>
-    <row r="288" spans="2:4">
-      <c r="B288" t="s">
+    <row r="289" spans="2:4">
+      <c r="B289" t="s">
         <v>560</v>
       </c>
-      <c r="C288" s="65" t="str">
-        <f t="shared" ref="C288:D288" si="19">B288</f>
+      <c r="C289" s="65" t="str">
+        <f t="shared" ref="C289:D289" si="19">B289</f>
         <v>Electron Flexibility Kft.</v>
       </c>
-      <c r="D288" s="81" t="str">
+      <c r="D289" s="81" t="str">
         <f t="shared" si="19"/>
         <v>Electron Flexibility Kft.</v>
       </c>
     </row>
-    <row r="289" spans="2:4">
-      <c r="B289" t="s">
+    <row r="290" spans="2:4">
+      <c r="B290" t="s">
         <v>561</v>
       </c>
-      <c r="C289" s="65" t="str">
-        <f t="shared" ref="C289:D289" si="20">B289</f>
+      <c r="C290" s="65" t="str">
+        <f t="shared" ref="C290:D290" si="20">B290</f>
         <v>eVersion Energy Kft.</v>
       </c>
-      <c r="D289" s="81" t="str">
+      <c r="D290" s="81" t="str">
         <f t="shared" si="20"/>
         <v>eVersion Energy Kft.</v>
       </c>
     </row>
-    <row r="290" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="291" spans="2:4">
       <c r="B291" t="s">
-        <v>228</v>
+        <v>559</v>
       </c>
       <c r="C291" s="68" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D291" s="80" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
     </row>
     <row r="292" spans="2:4">
       <c r="B292" t="s">
+        <v>228</v>
+      </c>
+      <c r="C292" s="68" t="s">
+        <v>229</v>
+      </c>
+      <c r="D292" s="80" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="293" spans="2:4">
+      <c r="B293" t="s">
         <v>562</v>
       </c>
-      <c r="C292" s="65" t="str">
-        <f t="shared" ref="C292:D292" si="21">B292</f>
+      <c r="C293" s="65" t="str">
+        <f t="shared" ref="C293:D293" si="21">B293</f>
         <v>Feketeréti Napelempark Kft.</v>
       </c>
-      <c r="D292" s="81" t="str">
+      <c r="D293" s="81" t="str">
         <f t="shared" si="21"/>
         <v>Feketeréti Napelempark Kft.</v>
       </c>
     </row>
-    <row r="293" spans="2:4">
-      <c r="B293" t="s">
+    <row r="294" spans="2:4">
+      <c r="B294" t="s">
         <v>563</v>
       </c>
-      <c r="C293" s="65" t="str">
-        <f t="shared" ref="C293:D293" si="22">B293</f>
+      <c r="C294" s="65" t="str">
+        <f t="shared" ref="C294:D294" si="22">B294</f>
         <v>Flexenergo Korlátolt Felelősségű Társaság</v>
       </c>
-      <c r="D293" s="81" t="str">
+      <c r="D294" s="81" t="str">
         <f t="shared" si="22"/>
         <v>Flexenergo Korlátolt Felelősségű Társaság</v>
       </c>
     </row>
-    <row r="294" spans="2:4">
-      <c r="B294" t="s">
+    <row r="295" spans="2:4">
+      <c r="B295" t="s">
         <v>564</v>
       </c>
-      <c r="C294" s="65" t="str">
-        <f t="shared" ref="C294:D294" si="23">B294</f>
+      <c r="C295" s="65" t="str">
+        <f t="shared" ref="C295:D295" si="23">B295</f>
         <v>FREUND SERVICES Kft.</v>
       </c>
-      <c r="D294" s="81" t="str">
+      <c r="D295" s="81" t="str">
         <f t="shared" si="23"/>
         <v>FREUND SERVICES Kft.</v>
       </c>
     </row>
-    <row r="295" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="296" spans="2:4">
       <c r="B296" t="s">
+        <v>243</v>
+      </c>
+      <c r="C296" s="68" t="s">
+        <v>244</v>
+      </c>
+      <c r="D296" s="80" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="297" spans="2:4">
+      <c r="B297" t="s">
         <v>565</v>
       </c>
-      <c r="C296" s="65" t="str">
-        <f t="shared" ref="C296:D296" si="24">B296</f>
+      <c r="C297" s="65" t="str">
+        <f t="shared" ref="C297:D297" si="24">B297</f>
         <v>Green Island Invest Zrt.</v>
       </c>
-      <c r="D296" s="81" t="str">
+      <c r="D297" s="81" t="str">
         <f t="shared" si="24"/>
         <v>Green Island Invest Zrt.</v>
       </c>
     </row>
-    <row r="297" spans="2:4">
-      <c r="B297" t="s">
+    <row r="298" spans="2:4">
+      <c r="B298" t="s">
         <v>566</v>
       </c>
-      <c r="C297" s="65" t="str">
-        <f t="shared" ref="C297:D303" si="25">B297</f>
+      <c r="C298" s="65" t="str">
+        <f t="shared" ref="C298:D304" si="25">B298</f>
         <v>HUMDA Magyar Mobilitás-fejlesztési Ügynökség Zrt.</v>
       </c>
-      <c r="D297" s="81" t="str">
+      <c r="D298" s="81" t="str">
         <f t="shared" si="25"/>
         <v>HUMDA Magyar Mobilitás-fejlesztési Ügynökség Zrt.</v>
       </c>
     </row>
-    <row r="298" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="299" spans="2:4">
       <c r="B299" t="s">
+        <v>480</v>
+      </c>
+      <c r="C299" s="65" t="s">
+        <v>480</v>
+      </c>
+      <c r="D299" s="81" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="300" spans="2:4">
+      <c r="B300" t="s">
         <v>567</v>
       </c>
-      <c r="C299" s="65" t="str">
+      <c r="C300" s="65" t="str">
         <f t="shared" si="25"/>
         <v>Innovart Energia Kft.</v>
       </c>
-      <c r="D299" s="81" t="str">
+      <c r="D300" s="81" t="str">
         <f t="shared" si="25"/>
         <v>Innovart Energia Kft.</v>
       </c>
     </row>
-    <row r="300" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="301" spans="2:4">
       <c r="B301" t="s">
+        <v>481</v>
+      </c>
+      <c r="C301" s="65" t="s">
+        <v>481</v>
+      </c>
+      <c r="D301" s="81" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="302" spans="2:4">
+      <c r="B302" t="s">
         <v>401</v>
       </c>
-      <c r="C301" s="65" t="str">
+      <c r="C302" s="65" t="str">
         <f t="shared" si="25"/>
         <v>KER Toki Hungary Kft.</v>
       </c>
-      <c r="D301" s="81" t="str">
+      <c r="D302" s="81" t="str">
         <f t="shared" si="25"/>
         <v>KER Toki Hungary Kft.</v>
       </c>
     </row>
-    <row r="302" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="303" spans="2:4">
       <c r="B303" t="s">
+        <v>482</v>
+      </c>
+      <c r="C303" s="68" t="s">
+        <v>514</v>
+      </c>
+      <c r="D303" s="80" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="304" spans="2:4">
+      <c r="B304" t="s">
         <v>579</v>
       </c>
-      <c r="C303" s="65" t="str">
+      <c r="C304" s="65" t="str">
         <f t="shared" si="25"/>
         <v>Photon Energy Trading CEE (volt LERTA Energy HU Kft.)</v>
       </c>
-      <c r="D303" s="81" t="str">
+      <c r="D304" s="81" t="str">
         <f t="shared" si="25"/>
         <v>Photon Energy Trading CEE (volt LERTA Energy HU Kft.)</v>
       </c>
     </row>
-    <row r="304" spans="2:4" ht="16">
-[...9 lines deleted...]
-    </row>
     <row r="305" spans="2:4" ht="16">
       <c r="B305" s="85" t="s">
+        <v>261</v>
+      </c>
+      <c r="C305" s="68" t="s">
+        <v>262</v>
+      </c>
+      <c r="D305" s="68" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="306" spans="2:4" ht="16">
+      <c r="B306" s="85" t="s">
         <v>568</v>
       </c>
-      <c r="C305" s="65" t="str">
-        <f t="shared" ref="C305:D305" si="26">B305</f>
+      <c r="C306" s="65" t="str">
+        <f t="shared" ref="C306:D306" si="26">B306</f>
         <v>Lumen Trade Kft.</v>
       </c>
-      <c r="D305" s="81" t="str">
+      <c r="D306" s="81" t="str">
         <f t="shared" si="26"/>
         <v>Lumen Trade Kft.</v>
       </c>
     </row>
-    <row r="306" spans="2:4" ht="16">
-      <c r="B306" s="85" t="s">
+    <row r="307" spans="2:4" ht="16">
+      <c r="B307" s="85" t="s">
         <v>569</v>
       </c>
-      <c r="C306" s="65" t="str">
-        <f t="shared" ref="C306:D306" si="27">B306</f>
+      <c r="C307" s="65" t="str">
+        <f t="shared" ref="C307:D307" si="27">B307</f>
         <v>Magyar Erőművek Kft.</v>
       </c>
-      <c r="D306" s="81" t="str">
+      <c r="D307" s="81" t="str">
         <f t="shared" si="27"/>
         <v>Magyar Erőművek Kft.</v>
       </c>
     </row>
-    <row r="307" spans="2:4" ht="16">
-      <c r="B307" s="85" t="s">
+    <row r="308" spans="2:4" ht="16">
+      <c r="B308" s="85" t="s">
         <v>570</v>
       </c>
-      <c r="C307" s="65" t="str">
-        <f t="shared" ref="C307:D307" si="28">B307</f>
+      <c r="C308" s="65" t="str">
+        <f t="shared" ref="C308:D308" si="28">B308</f>
         <v>Marvin Energy Kft.</v>
       </c>
-      <c r="D307" s="81" t="str">
+      <c r="D308" s="81" t="str">
         <f t="shared" si="28"/>
         <v>Marvin Energy Kft.</v>
       </c>
     </row>
-    <row r="308" spans="2:4" ht="16">
-      <c r="B308" s="85" t="s">
+    <row r="309" spans="2:4" ht="16">
+      <c r="B309" s="85" t="s">
         <v>571</v>
       </c>
-      <c r="C308" s="65" t="str">
-        <f t="shared" ref="C308:D308" si="29">B308</f>
+      <c r="C309" s="65" t="str">
+        <f t="shared" ref="C309:D309" si="29">B309</f>
         <v>MECSEK Energy Trade Kft.</v>
       </c>
-      <c r="D308" s="81" t="str">
+      <c r="D309" s="81" t="str">
         <f t="shared" si="29"/>
         <v>MECSEK Energy Trade Kft.</v>
       </c>
     </row>
-    <row r="309" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="310" spans="2:4">
       <c r="B310" s="46" t="s">
+        <v>519</v>
+      </c>
+      <c r="C310" s="68" t="s">
+        <v>521</v>
+      </c>
+      <c r="D310" s="80" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="311" spans="2:4">
+      <c r="B311" s="46" t="s">
         <v>572</v>
       </c>
-      <c r="C310" s="65" t="str">
-        <f t="shared" ref="C310:D310" si="30">B310</f>
+      <c r="C311" s="65" t="str">
+        <f t="shared" ref="C311:D311" si="30">B311</f>
         <v>MET Austria Energy Trade GmbH</v>
       </c>
-      <c r="D310" s="81" t="str">
+      <c r="D311" s="81" t="str">
         <f t="shared" si="30"/>
         <v>MET Austria Energy Trade GmbH</v>
       </c>
     </row>
-    <row r="311" spans="2:4">
-      <c r="B311" s="46" t="s">
+    <row r="312" spans="2:4">
+      <c r="B312" s="46" t="s">
         <v>573</v>
       </c>
-      <c r="C311" s="65" t="str">
-        <f t="shared" ref="C311:D311" si="31">B311</f>
+      <c r="C312" s="65" t="str">
+        <f t="shared" ref="C312:D312" si="31">B312</f>
         <v>Milleyson Holdings Kereskedelmi Kft.</v>
       </c>
-      <c r="D311" s="81" t="str">
+      <c r="D312" s="81" t="str">
         <f t="shared" si="31"/>
         <v>Milleyson Holdings Kereskedelmi Kft.</v>
       </c>
     </row>
-    <row r="312" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="313" spans="2:4">
       <c r="B313" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C313" s="65" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="D313" s="81" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
     </row>
     <row r="314" spans="2:4">
       <c r="B314" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="C314" s="65" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
       <c r="D314" s="81" t="s">
-        <v>485</v>
+        <v>484</v>
       </c>
     </row>
     <row r="315" spans="2:4">
       <c r="B315" t="s">
-        <v>288</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>485</v>
+      </c>
+      <c r="C315" s="65" t="s">
+        <v>485</v>
+      </c>
+      <c r="D315" s="81" t="s">
+        <v>485</v>
       </c>
     </row>
     <row r="316" spans="2:4">
       <c r="B316" t="s">
+        <v>288</v>
+      </c>
+      <c r="C316" s="68" t="s">
+        <v>289</v>
+      </c>
+      <c r="D316" s="80" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="317" spans="2:4">
+      <c r="B317" t="s">
         <v>574</v>
       </c>
-      <c r="C316" s="65" t="str">
-        <f t="shared" ref="C316:D324" si="32">B316</f>
+      <c r="C317" s="65" t="str">
+        <f t="shared" ref="C317:D325" si="32">B317</f>
         <v>Netergon Kft.</v>
       </c>
-      <c r="D316" s="81" t="str">
+      <c r="D317" s="81" t="str">
         <f t="shared" si="32"/>
         <v>Netergon Kft.</v>
       </c>
     </row>
-    <row r="317" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="318" spans="2:4">
       <c r="B318" t="s">
+        <v>486</v>
+      </c>
+      <c r="C318" s="65" t="s">
+        <v>486</v>
+      </c>
+      <c r="D318" s="81" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="319" spans="2:4">
+      <c r="B319" t="s">
         <v>575</v>
       </c>
-      <c r="C318" s="65" t="str">
+      <c r="C319" s="65" t="str">
         <f t="shared" si="32"/>
         <v>Novum Commodities Kft.</v>
       </c>
-      <c r="D318" s="81" t="str">
+      <c r="D319" s="81" t="str">
         <f t="shared" si="32"/>
         <v>Novum Commodities Kft.</v>
       </c>
     </row>
-    <row r="319" spans="2:4" ht="16">
-[...9 lines deleted...]
-    </row>
     <row r="320" spans="2:4" ht="16">
       <c r="B320" s="85" t="s">
+        <v>531</v>
+      </c>
+      <c r="C320" s="69" t="s">
+        <v>532</v>
+      </c>
+      <c r="D320" s="82" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="321" spans="2:4" ht="16">
+      <c r="B321" s="85" t="s">
         <v>576</v>
       </c>
-      <c r="C320" s="65" t="str">
+      <c r="C321" s="65" t="str">
         <f t="shared" si="32"/>
         <v>OMNI Energy Kft.</v>
       </c>
-      <c r="D320" s="81" t="str">
+      <c r="D321" s="81" t="str">
         <f t="shared" si="32"/>
         <v>OMNI Energy Kft.</v>
       </c>
     </row>
-    <row r="321" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="322" spans="2:4">
       <c r="B322" t="s">
+        <v>487</v>
+      </c>
+      <c r="C322" s="65" t="s">
+        <v>487</v>
+      </c>
+      <c r="D322" s="81" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="323" spans="2:4">
+      <c r="B323" t="s">
         <v>577</v>
       </c>
-      <c r="C322" s="65" t="str">
+      <c r="C323" s="65" t="str">
         <f t="shared" si="32"/>
         <v>Optimális Energia Kft.</v>
       </c>
-      <c r="D322" s="81" t="str">
+      <c r="D323" s="81" t="str">
         <f t="shared" si="32"/>
         <v>Optimális Energia Kft.</v>
       </c>
     </row>
-    <row r="323" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="324" spans="2:4">
       <c r="B324" t="s">
+        <v>488</v>
+      </c>
+      <c r="C324" s="65" t="s">
+        <v>488</v>
+      </c>
+      <c r="D324" s="81" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="325" spans="2:4">
+      <c r="B325" t="s">
         <v>578</v>
       </c>
-      <c r="C324" s="65" t="str">
+      <c r="C325" s="65" t="str">
         <f t="shared" si="32"/>
         <v>Pannon Energiaközösség Nonprofit Kft.</v>
       </c>
-      <c r="D324" s="81" t="str">
+      <c r="D325" s="81" t="str">
         <f t="shared" si="32"/>
         <v>Pannon Energiaközösség Nonprofit Kft.</v>
       </c>
     </row>
-    <row r="325" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="326" spans="2:4">
       <c r="B326" t="s">
-        <v>492</v>
-[...5 lines deleted...]
-        <v>492</v>
+        <v>489</v>
+      </c>
+      <c r="C326" s="69" t="s">
+        <v>490</v>
+      </c>
+      <c r="D326" s="82" t="s">
+        <v>491</v>
       </c>
     </row>
     <row r="327" spans="2:4">
       <c r="B327" t="s">
+        <v>492</v>
+      </c>
+      <c r="C327" s="65" t="s">
+        <v>492</v>
+      </c>
+      <c r="D327" s="81" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="328" spans="2:4">
+      <c r="B328" t="s">
         <v>303</v>
       </c>
-      <c r="C327" s="65" t="str">
-        <f t="shared" ref="C327:D329" si="33">B327</f>
+      <c r="C328" s="65" t="str">
+        <f t="shared" ref="C328:D330" si="33">B328</f>
         <v>Powex Kereskedelmi és Szolgáltató Kft.</v>
       </c>
-      <c r="D327" s="81" t="str">
+      <c r="D328" s="81" t="str">
         <f t="shared" si="33"/>
         <v>Powex Kereskedelmi és Szolgáltató Kft.</v>
       </c>
     </row>
-    <row r="328" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="329" spans="2:4">
       <c r="B329" t="s">
+        <v>493</v>
+      </c>
+      <c r="C329" s="65" t="s">
+        <v>493</v>
+      </c>
+      <c r="D329" s="81" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="330" spans="2:4">
+      <c r="B330" t="s">
         <v>580</v>
       </c>
-      <c r="C329" s="65" t="str">
+      <c r="C330" s="65" t="str">
         <f t="shared" si="33"/>
         <v>Rajnai P &amp; P Kft.</v>
       </c>
-      <c r="D329" s="81" t="str">
+      <c r="D330" s="81" t="str">
         <f t="shared" si="33"/>
         <v>Rajnai P &amp; P Kft.</v>
       </c>
     </row>
-    <row r="330" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="331" spans="2:4">
       <c r="B331" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="C331" s="65" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
       <c r="D331" s="81" t="s">
-        <v>495</v>
+        <v>494</v>
       </c>
     </row>
     <row r="332" spans="2:4">
       <c r="B332" t="s">
+        <v>495</v>
+      </c>
+      <c r="C332" s="65" t="s">
+        <v>495</v>
+      </c>
+      <c r="D332" s="81" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="333" spans="2:4">
+      <c r="B333" t="s">
         <v>581</v>
       </c>
-      <c r="C332" s="65" t="str">
-        <f t="shared" ref="C332:D332" si="34">B332</f>
+      <c r="C333" s="65" t="str">
+        <f t="shared" ref="C333:D333" si="34">B333</f>
         <v>SERR Energy Kft.</v>
       </c>
-      <c r="D332" s="81" t="str">
+      <c r="D333" s="81" t="str">
         <f t="shared" si="34"/>
         <v>SERR Energy Kft.</v>
       </c>
     </row>
-    <row r="333" spans="2:4">
-      <c r="B333" t="s">
+    <row r="334" spans="2:4">
+      <c r="B334" t="s">
         <v>582</v>
       </c>
-      <c r="C333" s="65" t="str">
-        <f t="shared" ref="C333:D333" si="35">B333</f>
+      <c r="C334" s="65" t="str">
+        <f t="shared" ref="C334:D334" si="35">B334</f>
         <v>Smart Solar Balancing Kft.</v>
       </c>
-      <c r="D333" s="81" t="str">
+      <c r="D334" s="81" t="str">
         <f t="shared" si="35"/>
         <v>Smart Solar Balancing Kft.</v>
       </c>
     </row>
-    <row r="334" spans="2:4">
-      <c r="B334" t="s">
+    <row r="335" spans="2:4">
+      <c r="B335" t="s">
         <v>583</v>
       </c>
-      <c r="C334" s="65" t="str">
-        <f t="shared" ref="C334:D334" si="36">B334</f>
+      <c r="C335" s="65" t="str">
+        <f t="shared" ref="C335:D335" si="36">B335</f>
         <v>Smart Solar Energy Trade Kfr.</v>
       </c>
-      <c r="D334" s="81" t="str">
+      <c r="D335" s="81" t="str">
         <f t="shared" si="36"/>
         <v>Smart Solar Energy Trade Kfr.</v>
       </c>
     </row>
-    <row r="335" spans="2:4">
-      <c r="B335" t="s">
+    <row r="336" spans="2:4">
+      <c r="B336" t="s">
         <v>584</v>
       </c>
-      <c r="C335" s="65" t="str">
-        <f t="shared" ref="C335:D335" si="37">B335</f>
+      <c r="C336" s="65" t="str">
+        <f t="shared" ref="C336:D336" si="37">B336</f>
         <v>Sygma Energy Kft.</v>
       </c>
-      <c r="D335" s="81" t="str">
+      <c r="D336" s="81" t="str">
         <f t="shared" si="37"/>
         <v>Sygma Energy Kft.</v>
       </c>
     </row>
-    <row r="336" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="337" spans="2:4">
       <c r="B337" t="s">
-        <v>496</v>
-[...5 lines deleted...]
-        <v>496</v>
+        <v>315</v>
+      </c>
+      <c r="C337" s="69" t="s">
+        <v>316</v>
+      </c>
+      <c r="D337" s="82" t="s">
+        <v>317</v>
       </c>
     </row>
     <row r="338" spans="2:4">
       <c r="B338" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="C338" s="65" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="D338" s="81" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
     </row>
     <row r="339" spans="2:4">
       <c r="B339" t="s">
+        <v>497</v>
+      </c>
+      <c r="C339" s="65" t="s">
+        <v>497</v>
+      </c>
+      <c r="D339" s="81" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="340" spans="2:4">
+      <c r="B340" t="s">
         <v>585</v>
       </c>
-      <c r="C339" s="65" t="str">
-        <f t="shared" ref="C339:D339" si="38">B339</f>
+      <c r="C340" s="65" t="str">
+        <f t="shared" ref="C340:D340" si="38">B340</f>
         <v>Voltrack AGGREGÁTOR Korlátolt Felelősségű Társaság</v>
       </c>
-      <c r="D339" s="81" t="str">
+      <c r="D340" s="81" t="str">
         <f t="shared" si="38"/>
         <v>Voltrack AGGREGÁTOR Korlátolt Felelősségű Társaság</v>
       </c>
     </row>
-    <row r="340" spans="2:4">
-[...9 lines deleted...]
-    </row>
     <row r="341" spans="2:4">
       <c r="B341" t="s">
-        <v>336</v>
+        <v>498</v>
       </c>
       <c r="C341" s="69" t="s">
-        <v>337</v>
+        <v>524</v>
       </c>
       <c r="D341" s="82" t="s">
-        <v>338</v>
+        <v>525</v>
       </c>
     </row>
     <row r="342" spans="2:4">
       <c r="B342" t="s">
+        <v>336</v>
+      </c>
+      <c r="C342" s="69" t="s">
+        <v>337</v>
+      </c>
+      <c r="D342" s="82" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="343" spans="2:4">
+      <c r="B343" t="s">
         <v>586</v>
       </c>
-      <c r="C342" s="65" t="str">
-        <f t="shared" ref="C342:D342" si="39">B342</f>
+      <c r="C343" s="65" t="str">
+        <f t="shared" ref="C343:D343" si="39">B343</f>
         <v>VWG Trade &amp; Services GmbH</v>
       </c>
-      <c r="D342" s="81" t="str">
+      <c r="D343" s="81" t="str">
         <f t="shared" si="39"/>
         <v>VWG Trade &amp; Services GmbH</v>
       </c>
     </row>
-    <row r="343" spans="2:4">
-      <c r="B343" t="s">
+    <row r="344" spans="2:4">
+      <c r="B344" t="s">
         <v>587</v>
       </c>
-      <c r="C343" s="65" t="str">
-        <f t="shared" ref="C343:D343" si="40">B343</f>
+      <c r="C344" s="65" t="str">
+        <f t="shared" ref="C344:D344" si="40">B344</f>
         <v>ZalaZONE Ipari Park Zrt.</v>
       </c>
-      <c r="D343" s="81" t="str">
+      <c r="D344" s="81" t="str">
         <f t="shared" si="40"/>
         <v>ZalaZONE Ipari Park Zrt.</v>
       </c>
     </row>
-    <row r="344" spans="2:4">
-      <c r="B344" t="s">
+    <row r="345" spans="2:4">
+      <c r="B345" t="s">
         <v>588</v>
       </c>
-      <c r="C344" s="65" t="str">
-        <f t="shared" ref="C344:D344" si="41">B344</f>
+      <c r="C345" s="65" t="str">
+        <f t="shared" ref="C345:D345" si="41">B345</f>
         <v>sight-E Analytics Kft.</v>
       </c>
-      <c r="D344" s="81" t="str">
+      <c r="D345" s="81" t="str">
         <f t="shared" si="41"/>
         <v>sight-E Analytics Kft.</v>
       </c>
     </row>
-    <row r="345" spans="2:4">
-      <c r="B345" t="s">
+    <row r="346" spans="2:4">
+      <c r="B346" t="s">
         <v>589</v>
       </c>
-      <c r="C345" s="65" t="str">
-        <f t="shared" ref="C345:D345" si="42">B345</f>
+      <c r="C346" s="65" t="str">
+        <f t="shared" ref="C346:D346" si="42">B346</f>
         <v>Syneris Balancing Kft.</v>
       </c>
-      <c r="D345" s="81" t="str">
+      <c r="D346" s="81" t="str">
         <f t="shared" si="42"/>
         <v>Syneris Balancing Kft.</v>
       </c>
     </row>
-    <row r="346" spans="2:4">
-      <c r="B346" t="s">
+    <row r="347" spans="2:4">
+      <c r="B347" t="s">
         <v>590</v>
       </c>
-      <c r="C346" s="65" t="str">
-        <f t="shared" ref="C346:D346" si="43">B346</f>
+      <c r="C347" s="65" t="str">
+        <f t="shared" ref="C347:D347" si="43">B347</f>
         <v>SLR Trading Zrt.</v>
       </c>
-      <c r="D346" s="81" t="str">
+      <c r="D347" s="81" t="str">
         <f t="shared" si="43"/>
         <v>SLR Trading Zrt.</v>
       </c>
     </row>
-    <row r="347" spans="2:4">
-      <c r="B347" t="s">
+    <row r="348" spans="2:4">
+      <c r="B348" t="s">
         <v>591</v>
       </c>
-      <c r="C347" s="65" t="str">
-        <f t="shared" ref="C347:D347" si="44">B347</f>
+      <c r="C348" s="65" t="str">
+        <f t="shared" ref="C348:D348" si="44">B348</f>
         <v>Pusztaenergia MegÚjuló Energiaszövetkezet</v>
       </c>
-      <c r="D347" s="81" t="str">
+      <c r="D348" s="81" t="str">
         <f t="shared" si="44"/>
         <v>Pusztaenergia MegÚjuló Energiaszövetkezet</v>
       </c>
     </row>
-    <row r="348" spans="2:4">
-      <c r="B348" t="s">
+    <row r="349" spans="2:4">
+      <c r="B349" t="s">
         <v>499</v>
       </c>
-      <c r="C348" s="65" t="s">
-[...3 lines deleted...]
-        <v>499</v>
+      <c r="C349" s="69" t="s">
+        <v>603</v>
+      </c>
+      <c r="D349" s="82" t="s">
+        <v>604</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Munkalapok</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">